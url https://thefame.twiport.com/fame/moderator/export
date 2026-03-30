--- v0 (2026-01-29)
+++ v1 (2026-03-30)
@@ -12,1364 +12,1937 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="439">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="630">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>Table</t>
   </si>
   <si>
     <t>Category</t>
   </si>
   <si>
     <t>Seminar Check-in</t>
   </si>
   <si>
     <t>Dinner Check-in</t>
   </si>
   <si>
     <t>QR Code</t>
   </si>
   <si>
     <t>CHRISTINE CHUNG SZE TING</t>
   </si>
   <si>
     <t>standard</t>
   </si>
   <si>
-    <t>2026-01-29 17:08:28</t>
-[...2 lines deleted...]
-    <t>2026-01-29 17:12:05</t>
+    <t>2026-02-06 18:22:26</t>
   </si>
   <si>
     <t>https://thefame.twiport.com/qrcodes/bfd3f4cd-a007-4085-a171-661e65d8cbb6.jpg</t>
   </si>
   <si>
     <t>LEE CHEE SHENG</t>
   </si>
   <si>
+    <t>2026-02-06 18:06:10</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/ee5666a2-a571-4fa1-9941-9392ca6197c2.jpg</t>
   </si>
   <si>
     <t>Goh JinYang</t>
   </si>
   <si>
+    <t>2026-02-06 18:19:35</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/6c634fd3-0a78-45aa-8aaf-2dad5db5de7b.jpg</t>
   </si>
   <si>
     <t>WAN AHMAD RIDZUAN BIN HUSIN</t>
   </si>
   <si>
+    <t>2026-02-06 18:29:50</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/b7008a8c-29e2-4e24-bc4b-626b6594a98c.jpg</t>
   </si>
   <si>
     <t>TAN YU JUNG</t>
   </si>
   <si>
+    <t>2026-02-06 18:10:36</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/119a8561-0b04-4309-9481-0b69ee5f34b3.jpg</t>
   </si>
   <si>
     <t>GOMBAK CAR</t>
   </si>
   <si>
+    <t>2026-02-06 20:08:29</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/90e2ca02-6d43-49fe-b917-005df94d52c5.jpg</t>
   </si>
   <si>
     <t>LAU KAN WEI</t>
   </si>
   <si>
+    <t>2026-02-06 18:20:27</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/27fbd3a4-71be-4c8a-9d39-6e98a3f78176.jpg</t>
   </si>
   <si>
     <t>SIT SOK FONG</t>
   </si>
   <si>
+    <t>2026-02-06 19:27:25</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/964b2b37-0b72-4958-a5f8-e2bb2b22f8a7.jpg</t>
   </si>
   <si>
     <t>Wong Pik Foong</t>
   </si>
   <si>
+    <t>2026-02-06 19:04:31</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/1f3e3147-3c68-41ae-87c9-8edeff4ce55c.jpg</t>
   </si>
   <si>
     <t>ENG CHEEP</t>
   </si>
   <si>
     <t>https://thefame.twiport.com/qrcodes/09c5294f-0689-47f1-93a2-8e6e652c0917.jpg</t>
   </si>
   <si>
     <t>TEOW KHENG SENG</t>
   </si>
   <si>
     <t>https://thefame.twiport.com/qrcodes/149e3d9a-2837-41ca-bd8d-294f1fdcf5f3.jpg</t>
   </si>
   <si>
     <t>TAN PING HO</t>
   </si>
   <si>
+    <t>2026-02-06 20:35:13</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/1ca40189-24c7-42d9-a966-2cb87e3fdea1.jpg</t>
   </si>
   <si>
     <t>Chau Kong fui</t>
   </si>
   <si>
+    <t>2026-02-06 19:33:59</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/44f4d70b-112e-4d85-a496-a1aac57b91c9.jpg</t>
   </si>
   <si>
     <t>Ng Geok Foong</t>
   </si>
   <si>
+    <t>2026-02-06 18:02:40</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/cf026e0b-54ab-4268-a936-9d67f458df8e.jpg</t>
   </si>
   <si>
     <t>NG GEOK HUA</t>
   </si>
   <si>
+    <t>2026-02-06 19:00:53</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/be36ee15-131b-46e1-a345-9c90c7e2c005.jpg</t>
   </si>
   <si>
     <t>FAN FOONG SOON</t>
   </si>
   <si>
+    <t>2026-02-06 19:01:44</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/948f827b-addc-467c-a735-a6bc23d68e7f.jpg</t>
   </si>
   <si>
     <t>Gan Yeak Hoong</t>
   </si>
   <si>
+    <t>2026-02-06 19:14:10</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/80703498-0377-4d9c-b530-ebe102bcf962.jpg</t>
   </si>
   <si>
     <t>LOO SET TENG</t>
   </si>
   <si>
+    <t>2026-02-06 18:12:29</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/0b98d4bf-1160-4da4-b390-9cbc9b0c5174.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">ANG YOKE NGO </t>
   </si>
   <si>
     <t>https://thefame.twiport.com/qrcodes/7f089394-c6f7-41eb-a137-1323c3b2f659.jpg</t>
   </si>
   <si>
     <t>Quah Tze Boon</t>
   </si>
   <si>
+    <t>2026-02-06 17:57:06</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/c9cfb962-0f86-4d4f-9764-3e734762dca5.jpg</t>
   </si>
   <si>
     <t>WKP Auto</t>
   </si>
   <si>
     <t>https://thefame.twiport.com/qrcodes/23fcd9aa-af2f-4557-b184-3c5e0058659b.jpg</t>
   </si>
   <si>
     <t>Ng Chee yee</t>
   </si>
   <si>
+    <t>2026-02-06 18:33:25</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/02010c70-5ddd-4656-b6d1-35aeb98789fa.jpg</t>
   </si>
   <si>
     <t>QS</t>
   </si>
   <si>
+    <t>2026-02-06 18:39:57</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/7cf8ea30-c74e-4853-8a01-10af66314f79.jpg</t>
   </si>
   <si>
     <t>SWEE SHIONG</t>
   </si>
   <si>
+    <t>2026-02-06 17:48:19</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/cf1b3508-1a55-4b00-b534-e807f3ac2923.jpg</t>
   </si>
   <si>
     <t>Chang cheng wah</t>
   </si>
   <si>
+    <t>2026-02-06 19:10:23</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/e9458a44-2be6-4ccf-a089-73f7bf71ef6f.jpg</t>
   </si>
   <si>
     <t>LIM CHIN CHAI</t>
   </si>
   <si>
+    <t>2026-02-06 17:54:53</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/42709338-3511-4f0c-b4a3-e9c621ed34a8.jpg</t>
   </si>
   <si>
     <t>Aw Yoke Mei</t>
   </si>
   <si>
+    <t>2026-02-06 20:43:37</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/c1e75e4b-4459-4e9c-b8c6-49285c01dad6.jpg</t>
   </si>
   <si>
     <t>Goh Sooi Wah</t>
   </si>
   <si>
+    <t>2026-02-06 18:34:58</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/73317658-7661-4232-9693-8be68735c7a1.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Cheah Yew kar </t>
   </si>
   <si>
+    <t>2026-02-06 18:58:17</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/40434ab5-d919-4cf4-a22a-3945d8bdb49a.jpg</t>
   </si>
   <si>
     <t>GAN SONG CHING</t>
   </si>
   <si>
+    <t>2026-02-06 18:23:44</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/31939a59-05b9-4823-b257-31b76cc41f77.jpg</t>
   </si>
   <si>
     <t>Chong Cheong Wei</t>
   </si>
   <si>
+    <t>2026-02-06 18:12:34</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/81cb8cb3-47a6-44e0-80f7-03bd373064b9.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Tan Kheng Guan </t>
   </si>
   <si>
+    <t>2026-02-06 18:22:07</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/2e603c34-026f-42e2-becf-ca832b1b0710.jpg</t>
   </si>
   <si>
     <t>TONG SHEN</t>
   </si>
   <si>
     <t>https://thefame.twiport.com/qrcodes/b88e2d24-8486-4d9f-a8b7-8369b92f4053.jpg</t>
   </si>
   <si>
     <t>THONG CHEE LAM</t>
   </si>
   <si>
+    <t>2026-02-06 18:13:32</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/aaa60739-dd06-4b3a-8b6f-d5a8c0b730e4.jpg</t>
   </si>
   <si>
     <t>Yang wai sing</t>
   </si>
   <si>
+    <t>2026-02-06 18:32:43</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/da427afa-9cbe-482b-bb5b-b78395e16a5e.jpg</t>
   </si>
   <si>
     <t>Tan Jun Hann</t>
   </si>
   <si>
+    <t>2026-02-06 19:35:57</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/eb64d390-9736-4af6-bcd5-983852915044.jpg</t>
   </si>
   <si>
     <t>Tan Wei Gan</t>
   </si>
   <si>
     <t>https://thefame.twiport.com/qrcodes/4b86695b-f3c6-40c9-99aa-132fd2614534.jpg</t>
   </si>
   <si>
     <t>SOO YONG KANG</t>
   </si>
   <si>
+    <t>2026-02-06 18:51:17</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/04f31290-5fec-409f-9731-3a33101c49c3.jpg</t>
   </si>
   <si>
     <t>Hoo khun kiang</t>
   </si>
   <si>
+    <t>2026-02-06 18:05:31</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/cf31ad5f-0d3c-4f66-a3c4-5a4900d3c14e.jpg</t>
   </si>
   <si>
     <t>KEE SOO SENG</t>
   </si>
   <si>
+    <t>2026-02-06 17:45:23</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/8989c473-4ec9-41a1-b8c0-86481c091728.jpg</t>
   </si>
   <si>
     <t>Kuan Choe Chiang</t>
   </si>
   <si>
+    <t>2026-02-06 18:36:03</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/057b6740-129e-4440-a460-70b9a6577223.jpg</t>
   </si>
   <si>
     <t>Teoh Hee Kia</t>
   </si>
   <si>
+    <t>2026-02-06 17:55:19</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/f899d7ac-29f6-4793-878c-ed645a215f92.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Shai Sing Poh </t>
   </si>
   <si>
+    <t>2026-02-06 18:13:24</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/271e171e-a400-4f8c-862d-28dcb877713f.jpg</t>
   </si>
   <si>
     <t>LOW CHIN SAN</t>
   </si>
   <si>
+    <t>2026-02-06 18:52:58</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/97322804-8bed-4600-b47e-2cea125207c0.jpg</t>
   </si>
   <si>
     <t>Lee Hong Seng</t>
   </si>
   <si>
+    <t>2026-02-06 18:24:40</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/d784fdd8-eff3-487d-aaf6-8ed9164b6542.jpg</t>
   </si>
   <si>
     <t>Chan Kok Lim</t>
   </si>
   <si>
+    <t>2026-02-06 18:16:27</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/2a2f3185-b753-488a-b22d-2957d2b4dbcb.jpg</t>
   </si>
   <si>
     <t>HOO KHUN LOON</t>
   </si>
   <si>
+    <t>2026-02-06 18:40:14</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/171b4965-331a-46b5-a738-9f0f6ad01745.jpg</t>
   </si>
   <si>
     <t>LIEW POOI FUAN</t>
   </si>
   <si>
+    <t>2026-02-06 18:27:16</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/b7d8af3f-22f5-478e-aa2c-87fd4f6d4160.jpg</t>
   </si>
   <si>
     <t>Gan May May</t>
   </si>
   <si>
+    <t>2026-02-06 19:24:37</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/4582535f-3e8c-497e-a970-11ba07750535.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">LIM JIAQI </t>
   </si>
   <si>
+    <t>2026-02-06 20:37:19</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/de03115d-36d1-42da-8cde-ddb38c3b15f9.jpg</t>
   </si>
   <si>
     <t>Goh Song Teck</t>
   </si>
   <si>
+    <t>2026-02-06 18:28:22</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/fd1e86f7-b9a8-42c4-b4ea-99c027521aa3.jpg</t>
   </si>
   <si>
     <t>TOP HILL</t>
   </si>
   <si>
+    <t>2026-02-06 18:35:36</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/6879bbc7-1f78-48b0-aabd-a2ea1da664be.jpg</t>
   </si>
   <si>
     <t>Jagathis Angamuthu</t>
   </si>
   <si>
+    <t>2026-02-06 19:10:57</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/47f14772-685b-458e-b500-dfdbf42232c3.jpg</t>
   </si>
   <si>
     <t>LOW MEOW PING</t>
   </si>
   <si>
+    <t>2026-02-06 18:53:01</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/cfee9c7c-deb4-4b1f-98bc-ad8d2e21506d.jpg</t>
   </si>
   <si>
     <t>Ng Sweet Fatt</t>
   </si>
   <si>
     <t>https://thefame.twiport.com/qrcodes/ea45ea1d-7a9f-4744-88b5-e7bc7730ccc3.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Lung Say Meng </t>
   </si>
   <si>
+    <t>2026-02-06 18:18:25</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/5b041515-4434-417b-a554-bda86ea0ce4b.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Low choon hau </t>
   </si>
   <si>
+    <t>2026-02-06 19:00:39</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/b2bcd47d-90f9-46b6-b1e9-d4c0549f7b6a.jpg</t>
   </si>
   <si>
     <t>Ng Kam Sui</t>
   </si>
   <si>
+    <t>2026-02-06 18:27:06</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/dcc06dbb-4c39-45a0-89c1-f96a8b316ad3.jpg</t>
   </si>
   <si>
     <t>MUTIARA TECHART</t>
   </si>
   <si>
+    <t>2026-02-06 20:46:40</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/24ef6075-08bf-4894-8381-88b1426c7865.jpg</t>
   </si>
   <si>
     <t>Nor Mohd Aswad Bin Nordin</t>
   </si>
   <si>
+    <t>2026-02-06 18:42:47</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/0f2d62db-4f2d-45ff-8ee9-5f1828662a32.jpg</t>
   </si>
   <si>
     <t>LS TYRE</t>
   </si>
   <si>
     <t>https://thefame.twiport.com/qrcodes/8243a7d5-0e10-4133-97a1-9caf5c0f5f7d.jpg</t>
   </si>
   <si>
     <t>SKG</t>
   </si>
   <si>
+    <t>2026-02-06 18:56:11</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/659593cc-e4bd-45c9-8aab-ba3940e333f5.jpg</t>
   </si>
   <si>
     <t>LEE YOK LING</t>
   </si>
   <si>
+    <t>2026-02-06 18:11:03</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/b6602ad9-208c-4ab4-b706-b128de649e33.jpg</t>
   </si>
   <si>
     <t>LEN SENG</t>
   </si>
   <si>
     <t>https://thefame.twiport.com/qrcodes/f65805b7-b25c-44ee-b276-aab8cdce861b.jpg</t>
   </si>
   <si>
     <t>Chew Yew Lee</t>
   </si>
   <si>
+    <t>2026-02-06 18:11:24</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/6dc8a92a-7378-4f43-a71a-9a01b94ed0ea.jpg</t>
   </si>
   <si>
     <t>ong yew beng</t>
   </si>
   <si>
+    <t>2026-02-06 18:11:21</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/38f88889-69f2-465a-a8e9-7cd1404808d6.jpg</t>
   </si>
   <si>
     <t>LIM KIAN SHENG</t>
   </si>
   <si>
+    <t>2026-02-06 18:07:18</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/f34a3a66-a425-4d8b-baa8-5ed9bb1b6819.jpg</t>
   </si>
   <si>
     <t>tay siew choo</t>
   </si>
   <si>
+    <t>2026-02-06 18:13:04</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/425e6ba9-d03a-410e-9cda-ab0c229d6008.jpg</t>
   </si>
   <si>
     <t>ALISON ONG SIEW LEE</t>
   </si>
   <si>
+    <t>2026-02-06 18:03:21</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/858488f2-6c7f-4f6e-acf5-a9de90970fe3.jpg</t>
   </si>
   <si>
     <t>OWEN SEOW HOCK THONG</t>
   </si>
   <si>
+    <t>2026-02-06 18:28:14</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/70c99ec1-7f81-472b-9bab-8835a4b6d4a9.jpg</t>
   </si>
   <si>
     <t>Lim khai sian</t>
   </si>
   <si>
+    <t>2026-02-06 18:33:05</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/d3cce33b-5c37-49f2-a7cc-b8f4b16d95fb.jpg</t>
   </si>
   <si>
     <t>Loh Sin Ling</t>
   </si>
   <si>
+    <t>2026-02-06 18:52:35</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/f1ed7959-6a9d-42c9-907c-cb5c5300e739.jpg</t>
   </si>
   <si>
     <t>TEO CHUNG SIONG</t>
   </si>
   <si>
+    <t>2026-02-06 18:19:52</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/6b7d9a2e-ab1e-41f4-ade7-c16c84748877.jpg</t>
   </si>
   <si>
     <t>DEJAYA</t>
   </si>
   <si>
+    <t>2026-02-06 19:39:14</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/6557eff2-d559-4f79-8730-2838ce81bd63.jpg</t>
   </si>
   <si>
     <t>WILLIAM ONG CHEE KIONG</t>
   </si>
   <si>
+    <t>2026-02-06 17:52:58</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/508b291a-3c09-497d-ae45-c171aba01a3f.jpg</t>
   </si>
   <si>
     <t>muhamad hakimi bin amir</t>
   </si>
   <si>
+    <t>2026-02-06 18:35:45</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/7ab50247-7034-4e05-be95-0a48f600f2c2.jpg</t>
   </si>
   <si>
     <t>Lang Boon Sheng</t>
   </si>
   <si>
+    <t>2026-02-06 18:50:19</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/cd16bc91-a4a9-4d31-8a86-4c65f675b8f8.jpg</t>
   </si>
   <si>
     <t>CHIN HUAT</t>
   </si>
   <si>
+    <t>2026-02-06 19:39:29</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/6418a160-90bd-4acb-915a-91ab6c5b9e65.jpg</t>
   </si>
   <si>
     <t>YEO SOO CHIN</t>
   </si>
   <si>
     <t>https://thefame.twiport.com/qrcodes/58127cb5-de62-4b35-bd8e-9ab7fdaf5c3d.jpg</t>
   </si>
   <si>
     <t>LEE WENG CHUNG</t>
   </si>
   <si>
+    <t>2026-02-06 18:12:23</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/a331565f-4d48-47d8-ac50-b3b7b1dbf907.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Teow Boon Hean </t>
   </si>
   <si>
+    <t>2026-02-06 18:57:37</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/fb381de9-6228-4e77-aa32-907da5734e46.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">KEE TIANG TENG </t>
   </si>
   <si>
+    <t>2026-02-06 18:31:12</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/00e1a7f6-18f9-486b-9605-54fe43609030.jpg</t>
   </si>
   <si>
     <t>SHAH ALAM TYRES</t>
   </si>
   <si>
+    <t>2026-02-06 18:42:31</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/7c178a88-d6d8-4161-8fce-28a7a9656ffe.jpg</t>
   </si>
   <si>
     <t>Leong Yong Yih</t>
   </si>
   <si>
+    <t>2026-02-06 18:08:38</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/fcf3503e-1717-4da5-9eee-d5fb7fbf2363.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Yap Nam Lee </t>
   </si>
   <si>
+    <t>2026-02-06 18:33:33</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/49907347-822a-4d9a-9323-e56181b057d5.jpg</t>
   </si>
   <si>
     <t>Shyan wong</t>
   </si>
   <si>
+    <t>2026-02-06 18:51:57</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/23dd41bc-ff72-4d51-a9b2-3f2302e2d4f0.jpg</t>
   </si>
   <si>
     <t>TAN JUI LEE</t>
   </si>
   <si>
+    <t>2026-02-06 19:11:48</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/293127ea-dff1-4691-9f7a-d1b5176e9c30.jpg</t>
   </si>
   <si>
     <t>Baharin Mohamad</t>
   </si>
   <si>
+    <t>2026-02-06 17:55:10</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/3c37efc7-e97f-43b8-b5ba-0fbdd38a1245.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ong Poo Tin </t>
   </si>
   <si>
+    <t>2026-02-06 18:28:45</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/5e5d1c29-31d5-4c5e-baba-269f43b117e0.jpg</t>
   </si>
   <si>
     <t>SYNERLEAP</t>
   </si>
   <si>
+    <t>2026-02-06 18:50:42</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/a3544693-99d1-4a74-9d57-46bca9049154.jpg</t>
   </si>
   <si>
     <t>LIM JIA HAO</t>
   </si>
   <si>
+    <t>2026-02-06 18:18:19</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/e7bc68de-e2b1-4641-93a1-02ee4da8c1f4.jpg</t>
   </si>
   <si>
     <t>TAN POH HUA</t>
   </si>
   <si>
+    <t>2026-02-06 18:09:57</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/1a9c1c5f-05a0-45a6-9a3e-e6f8cc72a7d8.jpg</t>
   </si>
   <si>
     <t>Chee woon gid</t>
   </si>
   <si>
+    <t>2026-02-06 19:02:39</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/97142a3b-e1fe-4239-81f8-77509d64a519.jpg</t>
   </si>
   <si>
     <t>Lim Ah Sing</t>
   </si>
   <si>
+    <t>2026-02-06 18:34:47</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/03c6930d-e39b-49ad-83cb-7329ebad3183.jpg</t>
   </si>
   <si>
     <t>MUHAMMAD FIRDAUS BIN ZANUDIN</t>
   </si>
   <si>
+    <t>2026-02-06 22:02:19</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/ceb9bc3a-1a9c-41ae-9123-c5523daf61ac.jpg</t>
   </si>
   <si>
     <t>TAY KOK TING</t>
   </si>
   <si>
+    <t>2026-02-06 18:07:25</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/037e2e2c-fc30-4d1d-9d04-93979fc2e763.jpg</t>
   </si>
   <si>
     <t>Clement Ting Chiong Wei</t>
   </si>
   <si>
+    <t>2026-02-06 18:25:59</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/6e849c52-4046-4b5f-97a1-680165b17e16.jpg</t>
   </si>
   <si>
     <t>NGIENG PING LIONG</t>
   </si>
   <si>
+    <t>2026-02-06 17:52:55</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/c40b98fc-e0f3-4632-9f51-c726668683c1.jpg</t>
   </si>
   <si>
     <t>MOHD IKRAM BIN MOHAMAD</t>
   </si>
   <si>
+    <t>2026-02-06 18:13:21</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/f9425b52-1cb0-443d-85e7-6c9bc51669dc.jpg</t>
   </si>
   <si>
     <t>Mohd shahrul bin abdullah</t>
   </si>
   <si>
+    <t>2026-02-06 18:29:07</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/834e66c8-431e-4ba3-b9e0-27a432e375a1.jpg</t>
   </si>
   <si>
     <t>SYS AUTOMOBILE</t>
   </si>
   <si>
+    <t>2026-02-06 18:27:26</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/d4d803e5-13c5-467c-a38c-e13ee05c9686.jpg</t>
   </si>
   <si>
     <t>Ewe Yankee</t>
   </si>
   <si>
+    <t>2026-02-06 18:24:28</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/c7b686f7-ed68-4855-baa1-613b8c01e360.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Soo li hui </t>
   </si>
   <si>
+    <t>2026-02-06 19:11:47</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/b22ffc4b-bf1e-446c-9521-80b9d556607c.jpg</t>
   </si>
   <si>
     <t>Lai voon how</t>
   </si>
   <si>
+    <t>2026-02-06 18:13:49</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/a5bbf289-68b6-4a25-9a33-e889bc8b0151.jpg</t>
   </si>
   <si>
     <t>LAI THIAN WAI</t>
   </si>
   <si>
+    <t>2026-02-06 18:28:41</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/d56f5575-80aa-4493-a453-a0cfd820f243.jpg</t>
   </si>
   <si>
     <t>Lim kian ping</t>
   </si>
   <si>
+    <t>2026-02-06 17:52:03</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/dcbcb154-f2fa-492f-abfd-afa43499db0c.jpg</t>
   </si>
   <si>
     <t>LEE CHUN YIE</t>
   </si>
   <si>
+    <t>2026-02-06 18:52:38</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/ea046fa5-0c6f-4119-ac00-a40ffb8c7057.jpg</t>
   </si>
   <si>
     <t>LOW WAI HOU</t>
   </si>
   <si>
+    <t>2026-02-06 18:30:33</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/9ceadd94-3e08-430e-ad7a-81a7eaa5f8c0.jpg</t>
   </si>
   <si>
     <t>Chan Chee Sing</t>
   </si>
   <si>
+    <t>2026-02-06 18:40:21</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/cb74b48d-7181-41d1-9a18-858c0467718c.jpg</t>
   </si>
   <si>
     <t>Liew Chong ming</t>
   </si>
   <si>
+    <t>2026-02-06 18:27:05</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/0744157a-de99-4d65-a46e-97ab45227622.jpg</t>
   </si>
   <si>
     <t>YF</t>
   </si>
   <si>
+    <t>2026-02-06 18:59:48</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/27de20da-004c-497b-82a6-31e2289f59f7.jpg</t>
   </si>
   <si>
     <t>TAN KOK CHYE</t>
   </si>
   <si>
+    <t>2026-02-06 18:08:19</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/47e3527b-a100-43ae-9c3e-92568606ea34.jpg</t>
   </si>
   <si>
     <t>CHIN KOK YOONG</t>
   </si>
   <si>
+    <t>2026-02-06 18:56:38</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/0a7958f6-49dd-4083-9e89-e3640ea02680.jpg</t>
   </si>
   <si>
     <t>SAM YU</t>
   </si>
   <si>
+    <t>2026-02-06 18:35:56</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/f0a25827-6477-4a04-9036-dab8bd289720.jpg</t>
   </si>
   <si>
     <t>Lee jia sheng</t>
   </si>
   <si>
+    <t>2026-02-06 18:01:18</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/df105a1a-7e44-4df7-a835-bcf6efb513a4.jpg</t>
   </si>
   <si>
     <t>Lee sien min</t>
   </si>
   <si>
+    <t>2026-02-06 18:58:13</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/c91efc4e-dcce-4ff0-95ad-e60290cf47de.jpg</t>
   </si>
   <si>
     <t>Yap Wei Kean</t>
   </si>
   <si>
+    <t>2026-02-06 18:56:25</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/1c78f7a3-e210-405e-8bc1-bbc4123a999f.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Leow Quan Qing </t>
   </si>
   <si>
+    <t>2026-02-06 19:01:05</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/2e962923-b61c-4112-91f1-3424a63bc1aa.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Keo soo Liang </t>
   </si>
   <si>
+    <t>2026-02-06 18:22:23</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/1f027d14-b60c-492c-83df-c6d840247cfe.jpg</t>
   </si>
   <si>
     <t>Choo Kok Yew</t>
   </si>
   <si>
+    <t>2026-02-06 18:50:46</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/6dfdad6e-2b06-4a67-a6cd-6425c3ca9b81.jpg</t>
   </si>
   <si>
     <t>EDEL YNN NG JAY VY</t>
   </si>
   <si>
+    <t>2026-02-06 18:24:26</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/01cea3ba-38cd-4d33-9d35-d0c6e7bd9d6d.jpg</t>
   </si>
   <si>
     <t>LOO HENG KHUEN</t>
   </si>
   <si>
+    <t>2026-02-06 18:34:59</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/46976557-e181-4408-92e8-18b25dcf2ec1.jpg</t>
   </si>
   <si>
     <t>Woo Xiu Jie</t>
   </si>
   <si>
+    <t>2026-02-06 18:47:19</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/7164b536-354f-4cde-8ed2-3faf5c78048e.jpg</t>
   </si>
   <si>
     <t>CHIN SIN LEONG</t>
   </si>
   <si>
+    <t>2026-02-06 18:03:17</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/bb4df33e-b2ec-41c2-9d03-caf4aa2cfc10.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Tan wei zhong </t>
   </si>
   <si>
     <t>https://thefame.twiport.com/qrcodes/3211930e-9cf5-49a4-9b0f-0cc0633dc080.jpg</t>
   </si>
   <si>
     <t>Tam yit yu</t>
   </si>
   <si>
+    <t>2026-02-06 18:12:53</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/ec1eb0d3-79b3-487c-b737-db147b2b4b36.jpg</t>
   </si>
   <si>
     <t>Alvin Ho Yew Chai</t>
   </si>
   <si>
+    <t>2026-02-06 18:20:36</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/7ef9e739-f279-4a8e-9476-3087eaef961c.jpg</t>
   </si>
   <si>
     <t>Woo Voon Hou</t>
   </si>
   <si>
+    <t>2026-02-06 18:47:40</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/aba9b466-5894-45be-88bf-0e3d6571770b.jpg</t>
   </si>
   <si>
     <t>CHONG CHEE MING</t>
   </si>
   <si>
+    <t>2026-02-06 19:19:18</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/abf55de0-89e8-4b05-bf0a-153a647c6e8e.jpg</t>
   </si>
   <si>
     <t>Tan Kok Wei</t>
   </si>
   <si>
+    <t>2026-02-06 18:07:24</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/2e21002a-766c-4807-9e40-7ceb497abc6a.jpg</t>
   </si>
   <si>
     <t>Lee Kam chow</t>
   </si>
   <si>
     <t>https://thefame.twiport.com/qrcodes/d88331de-90cb-4b4c-a7d7-29ffc56db754.jpg</t>
   </si>
   <si>
     <t>Chew chiu meng wee</t>
   </si>
   <si>
+    <t>2026-02-06 18:33:34</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/cd80aee1-8490-49c2-ade2-114fad0eef3d.jpg</t>
   </si>
   <si>
     <t>Chong Chee Wei</t>
   </si>
   <si>
+    <t>2026-02-06 18:19:17</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/eb6fa006-3383-49bf-9619-29490b6421e2.jpg</t>
   </si>
   <si>
     <t>KERK CHING SOON</t>
   </si>
   <si>
+    <t>2026-02-06 18:32:20</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/2d726110-47d6-4582-84bb-3218f8c97630.jpg</t>
   </si>
   <si>
     <t>HOE SHI KAI</t>
   </si>
   <si>
+    <t>2026-02-06 18:11:22</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/fd211b27-c6c6-477f-a482-dad95de0d605.jpg</t>
   </si>
   <si>
     <t>WONG WAI KIEN</t>
   </si>
   <si>
+    <t>2026-02-06 18:06:01</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/8b90423a-f277-4065-ac93-c4b85a5000e9.jpg</t>
   </si>
   <si>
     <t>LIM CHUNG WEE</t>
   </si>
   <si>
+    <t>2026-02-06 18:12:45</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/db003064-83bc-4be7-b6b9-37cc2134eb3c.jpg</t>
   </si>
   <si>
     <t>TAN TZE LIAN</t>
   </si>
   <si>
+    <t>2026-02-06 18:11:14</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/f9c9d904-48dc-45d0-8e31-8d2293601ba2.jpg</t>
   </si>
   <si>
     <t>BRANDON TEO YI ZUAN</t>
   </si>
   <si>
+    <t>2026-02-06 18:02:29</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/f781dc25-5947-4fb8-8518-2f8f5c2dd63e.jpg</t>
   </si>
   <si>
     <t>Liu Bon Ku</t>
   </si>
   <si>
+    <t>2026-02-06 17:47:50</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/a87182e5-11c0-4229-903a-20fa6f0ac653.jpg</t>
   </si>
   <si>
     <t>KHOO AI LING</t>
   </si>
   <si>
+    <t>2026-02-06 17:56:56</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/49ae8ff7-b784-4a8e-97b8-9026d475392c.jpg</t>
   </si>
   <si>
     <t>Ling Kuok Hie</t>
   </si>
   <si>
+    <t>2026-02-06 18:06:50</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/3ec66538-64b7-4eb1-a301-57d55cd1936d.jpg</t>
   </si>
   <si>
     <t>tang si jun</t>
   </si>
   <si>
     <t>https://thefame.twiport.com/qrcodes/2ae48823-29c3-4b89-9a2e-6aa9c2981fb8.jpg</t>
   </si>
   <si>
     <t>RNG CHEE CHAI</t>
   </si>
   <si>
+    <t>2026-02-06 18:00:13</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/f41cf9f0-2427-4251-a3f6-b621a6391320.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Chin Hong mun </t>
   </si>
   <si>
+    <t>2026-02-06 18:24:48</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/230fcc20-95c2-4722-b516-1a332a1ee7db.jpg</t>
   </si>
   <si>
     <t>Goh Han Feng</t>
   </si>
   <si>
+    <t>2026-02-06 18:10:15</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/aae46758-f846-4861-8880-94f41c4ebb39.jpg</t>
   </si>
   <si>
     <t>Leong Yuet Har</t>
   </si>
   <si>
+    <t>2026-02-06 18:56:26</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/87f753e3-6067-4a21-a5e6-68fd82f292be.jpg</t>
   </si>
   <si>
     <t>LEONG KAH HOE</t>
   </si>
   <si>
+    <t>2026-02-06 18:38:11</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/a9cf1129-5fc1-4e2c-8785-bc789bf1eda7.jpg</t>
   </si>
   <si>
     <t>Yap Jenn Shyang</t>
   </si>
   <si>
+    <t>2026-02-06 19:07:05</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/6cbd6438-f362-4549-a0d7-5c7318bdcfa2.jpg</t>
   </si>
   <si>
     <t>YEONG KAI CHUAN</t>
   </si>
   <si>
+    <t>2026-02-06 19:01:56</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/d10d3e49-67d2-42ee-b476-27ea34d0bccf.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Tan wei lun </t>
   </si>
   <si>
+    <t>2026-02-06 18:34:18</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/53d7298b-82c1-474a-8a9c-358242307f39.jpg</t>
   </si>
   <si>
     <t>LEONG GAIK FANG</t>
   </si>
   <si>
+    <t>2026-02-06 18:39:33</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/f222f2b5-bf44-4045-803a-efa17b3daec2.jpg</t>
   </si>
   <si>
     <t>MOHD KHUSAIRI BIN IBRAHIM</t>
   </si>
   <si>
+    <t>2026-02-06 18:35:09</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/4817ead2-a8fc-473a-9952-3f6639f0d5a4.jpg</t>
   </si>
   <si>
     <t>CHAN LIN WAN</t>
   </si>
   <si>
     <t>https://thefame.twiport.com/qrcodes/e369c63b-7eba-436a-9f34-fe77dd67e628.jpg</t>
   </si>
   <si>
     <t>KHOR WEI KANG</t>
   </si>
   <si>
+    <t>2026-02-06 18:29:15</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/279bf627-16ed-4c9d-8cf0-5807d4411eb4.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">LEE CHOON MING </t>
   </si>
   <si>
+    <t>2026-02-06 18:18:34</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/67344b8e-5ecc-45ed-a90d-81d0432d304c.jpg</t>
   </si>
   <si>
     <t>PANG CHEE SIONG</t>
   </si>
   <si>
+    <t>2026-02-06 18:44:12</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/2d07233c-5b27-4d35-af37-ea5a92a543eb.jpg</t>
   </si>
   <si>
     <t>CHUA SHUANG SHUANG</t>
   </si>
   <si>
+    <t>2026-02-06 18:23:09</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/88ffde2b-a9e1-4217-912c-787c221113e1.jpg</t>
   </si>
   <si>
     <t>Yap chii tsong</t>
   </si>
   <si>
     <t>https://thefame.twiport.com/qrcodes/b35c2f0a-10a2-4589-9e19-e35b7d9f5b16.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ong Jie Ning </t>
   </si>
   <si>
+    <t>2026-02-06 18:07:21</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/2ffeb83e-6d99-4135-8015-32e48bfd5c2e.jpg</t>
   </si>
   <si>
     <t>Chan Siao Lee</t>
   </si>
   <si>
     <t>https://thefame.twiport.com/qrcodes/b4238dfd-692b-4e57-bd66-243f684c2fa1.jpg</t>
   </si>
   <si>
     <t>Ong Pei Zhi</t>
   </si>
   <si>
+    <t>2026-02-06 18:38:01</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/d5e8e1cd-897b-4323-b73d-78e571e7a16a.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">CHAI TECK YI </t>
   </si>
   <si>
+    <t>2026-02-06 18:59:38</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/f0dc4ab2-3ee8-4c25-9b82-fc5372c4e07e.jpg</t>
   </si>
   <si>
     <t>CHIN LEE FOON</t>
   </si>
   <si>
+    <t>2026-02-06 18:19:18</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/75c20b69-e96f-40f9-b971-6f720142b4d3.jpg</t>
   </si>
   <si>
     <t>Chew Hong choon</t>
   </si>
   <si>
     <t>https://thefame.twiport.com/qrcodes/47a4f5ac-77b6-4504-9c88-476a90f314a3.jpg</t>
   </si>
   <si>
     <t>Jeffrey</t>
   </si>
   <si>
     <t>https://thefame.twiport.com/qrcodes/49f4f0ca-793d-4fc3-9e63-a7b35d162a04.jpg</t>
   </si>
   <si>
     <t>LIM SING LAI</t>
   </si>
   <si>
+    <t>2026-02-06 20:21:07</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/852b3bb9-a4cd-4c2b-a591-dbe1fb678dec.jpg</t>
   </si>
   <si>
     <t>Tay swee siang</t>
   </si>
   <si>
+    <t>2026-02-06 17:53:26</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/31f9f8e6-6f39-42e2-890b-795e078838ca.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Low Tiam Ting </t>
   </si>
   <si>
+    <t>2026-02-06 18:36:30</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/92e10ead-0adb-49b0-b878-166a6696756c.jpg</t>
   </si>
   <si>
     <t>TAI ANN YOONG</t>
   </si>
   <si>
+    <t>2026-02-06 18:46:13</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/f0e4b945-d41f-4c8a-a253-def2078f3a25.jpg</t>
   </si>
   <si>
     <t>Lim Kong Sieong</t>
   </si>
   <si>
+    <t>2026-02-06 19:10:12</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/e2a845dc-f4b4-42a6-8989-462d733482d0.jpg</t>
   </si>
   <si>
     <t>BAN SENG HENG</t>
   </si>
   <si>
+    <t>2026-02-06 18:24:46</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/80fe942b-ca05-456e-b337-e90bf6b0a287.jpg</t>
   </si>
   <si>
     <t>PUAH BOON KHAI</t>
   </si>
   <si>
+    <t>2026-02-06 18:28:46</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/d6b84a88-26fa-4737-b33f-3487decf0592.jpg</t>
   </si>
   <si>
     <t>HEE LAI HIN</t>
   </si>
   <si>
+    <t>2026-02-06 18:00:39</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/d2c7e8da-8f0b-40f5-8ed8-1e4d0474d103.jpg</t>
   </si>
   <si>
     <t>Sean lim cheng wei</t>
   </si>
   <si>
+    <t>2026-02-06 18:11:05</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/843589b3-caf2-4cad-b207-f3a6b640c8d0.jpg</t>
   </si>
   <si>
     <t>SHAM TYRES</t>
   </si>
   <si>
+    <t>2026-02-06 18:48:04</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/1ebd56b5-2451-4bd2-a95c-885031dff4f6.jpg</t>
   </si>
   <si>
     <t>Muhammad Eezam bin Masripan</t>
   </si>
   <si>
+    <t>2026-02-06 18:39:43</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/71c286f6-eb96-4f97-acae-1c200fbc1c57.jpg</t>
   </si>
   <si>
     <t>Wan Chew Hau</t>
   </si>
   <si>
     <t>https://thefame.twiport.com/qrcodes/13231f5d-98dd-46b8-92e5-2603d2a0afa6.jpg</t>
   </si>
   <si>
     <t>Tan Seak Fah@Tan Seak Pah</t>
   </si>
   <si>
+    <t>2026-02-06 17:52:22</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/68ab8b32-fc71-4249-b1db-366b3eacc1f2.jpg</t>
   </si>
   <si>
     <t>LAU LAI CHAI</t>
   </si>
   <si>
+    <t>2026-02-06 19:20:42</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/3139a124-93dc-44d3-9315-d4c63589973e.jpg</t>
   </si>
   <si>
     <t>LEE SAI KAR</t>
   </si>
   <si>
+    <t>2026-02-06 17:56:44</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/b7f7df99-7896-46da-899f-dfa1e028fbf1.jpg</t>
   </si>
   <si>
     <t>Tan Chia Tat</t>
   </si>
   <si>
+    <t>2026-02-06 18:22:08</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/60fb9245-1c96-48ea-a782-0ef7c78bf878.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">TAN SIAK CHUAN </t>
   </si>
   <si>
+    <t>2026-02-06 17:53:27</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/a562108f-fe88-40ab-8711-d000fe4c0dc0.jpg</t>
   </si>
   <si>
     <t>EU Nguen Huat</t>
   </si>
   <si>
+    <t>2026-02-06 18:59:36</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/58c6483c-c542-451a-9b03-471f252b689e.jpg</t>
   </si>
   <si>
     <t>Chan chon wei</t>
   </si>
   <si>
+    <t>2026-02-06 19:11:11</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/64f3be8f-1437-4f09-b8f9-6b170849f5e3.jpg</t>
   </si>
   <si>
     <t>Soong fei yin</t>
   </si>
   <si>
+    <t>2026-02-06 20:01:49</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/46bf00da-53af-4a17-9c51-c9cb4855ce2a.jpg</t>
   </si>
   <si>
     <t>Lai Kar Kuay</t>
   </si>
   <si>
+    <t>2026-02-06 18:16:35</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/c48ac49b-0c6c-4a25-ad1e-ef785af67ee1.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">LOW HONG HENG </t>
   </si>
   <si>
+    <t>2026-02-06 18:13:35</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/e3b5f819-3c6b-4b04-a8cb-57f2837f0108.jpg</t>
   </si>
   <si>
     <t>Low Gek Hong</t>
   </si>
   <si>
+    <t>2026-02-06 17:55:44</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/36d7e684-99a0-4519-8381-ebee9a1756e3.jpg</t>
   </si>
   <si>
     <t>Tay Ching swee</t>
   </si>
   <si>
+    <t>2026-02-06 18:03:27</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/312d02f6-7353-4b51-b48c-ec9e74f90f81.jpg</t>
   </si>
   <si>
     <t>Lee Yew Lian</t>
   </si>
   <si>
+    <t>2026-02-06 18:04:32</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/8e91bddc-63f0-4ee0-ae3f-4231033502c8.jpg</t>
   </si>
   <si>
     <t>Lim Man Kwong</t>
   </si>
   <si>
+    <t>2026-02-06 18:15:34</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/7cd78de2-3b33-4ce5-b940-98a584c56f4d.jpg</t>
   </si>
   <si>
     <t>LIM KHEN KIAT</t>
   </si>
   <si>
+    <t>2026-02-06 18:18:41</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/4b2cae98-0d88-4a80-a4f6-c2f9f7829458.jpg</t>
   </si>
   <si>
     <t>Ngieng Hock Teck</t>
   </si>
   <si>
+    <t>2026-02-06 18:43:52</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/fe5a0560-3644-42da-9a34-a00a145aaa48.jpg</t>
   </si>
   <si>
     <t>LIM CHUNG KEE</t>
   </si>
   <si>
+    <t>2026-02-06 18:10:19</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/fa7b7280-24a1-4a28-9743-f1fe38a93579.jpg</t>
   </si>
   <si>
     <t>Lim Hung Seng@Ling Hung Seng</t>
   </si>
   <si>
+    <t>2026-02-06 18:46:12</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/77ae9b33-1da0-4401-95f1-3dc924a8eb8f.jpg</t>
   </si>
   <si>
     <t>Azemi bin Ismail</t>
   </si>
   <si>
+    <t>2026-02-06 18:59:23</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/8c803de6-5729-476e-b763-d5d590b220ff.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Chin Lee Keong </t>
   </si>
   <si>
+    <t>2026-02-06 18:10:42</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/2f045e86-83bf-4753-b020-d4311b91188d.jpg</t>
   </si>
   <si>
     <t>MUHAMMAD FARHAN BIN DURAHMAN</t>
   </si>
   <si>
+    <t>2026-02-06 18:08:09</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/cab96560-d1d6-4940-94d9-7072ff078b85.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">AH TONG </t>
   </si>
   <si>
     <t>https://thefame.twiport.com/qrcodes/6444f840-9157-4414-b6b7-21cadbddb10c.jpg</t>
   </si>
   <si>
     <t>H W TYRE</t>
   </si>
   <si>
     <t>https://thefame.twiport.com/qrcodes/4a91f4c9-f959-4611-b2cd-4d603a67be46.jpg</t>
   </si>
   <si>
     <t>CN AUTO</t>
   </si>
   <si>
+    <t>2026-02-06 18:45:11</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/5086c69f-6948-4e1c-b82c-d1d5bd1a468e.jpg</t>
   </si>
   <si>
     <t>LOO TATT FENG</t>
   </si>
   <si>
+    <t>2026-02-06 17:49:55</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/101a7eea-f763-405e-a188-a6d83df1cb8c.jpg</t>
   </si>
   <si>
     <t>TAN CHAN CHONG </t>
   </si>
   <si>
+    <t>2026-02-06 18:44:38</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/4cbc5539-ecdf-4134-ba80-363b0f781e53.jpg</t>
   </si>
   <si>
     <t>Lau Man Yeng</t>
   </si>
   <si>
+    <t>2026-02-06 18:32:58</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/1110d588-e072-49d1-9f74-70c462989467.jpg</t>
   </si>
   <si>
     <t>NG CHEE YONG</t>
   </si>
   <si>
     <t>wsl</t>
   </si>
   <si>
+    <t>2026-02-06 18:11:33</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/8676b946-115a-4481-8658-15a83532fe91.jpg</t>
   </si>
   <si>
     <t>Sam Tau Han</t>
   </si>
   <si>
+    <t>2026-02-06 17:55:36</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/e7b95e7e-f31d-42ae-8f25-1e5be0ac8612.jpg</t>
   </si>
   <si>
     <t>Tan Jai Wei</t>
   </si>
   <si>
+    <t>2026-02-06 18:34:05</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/9347be5e-d927-4cd5-9f81-efc0ee5d96b9.jpg</t>
   </si>
   <si>
     <t>Chuang Shin Yang</t>
   </si>
   <si>
+    <t>2026-02-06 18:03:20</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/3548a873-331c-4c27-bec6-a88468c77ddb.jpg</t>
   </si>
   <si>
     <t>YU HONG WEI</t>
   </si>
   <si>
+    <t>2026-02-06 18:55:48</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/c257a914-4188-43f5-9e7e-e96aa682a972.jpg</t>
   </si>
   <si>
     <t>Koay wei qing</t>
   </si>
   <si>
+    <t>2026-02-06 18:55:33</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/c39938d5-8909-445b-a7f7-fd9f5d0bce85.jpg</t>
   </si>
   <si>
     <t>CLAUDIA VIVIAN WENDY ABAR</t>
   </si>
   <si>
+    <t>2026-02-06 18:18:51</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/fdc23a85-9c39-4f4a-9134-bbd5719dd4dc.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Lau Chong Seng </t>
   </si>
   <si>
+    <t>2026-02-06 18:20:30</t>
+  </si>
+  <si>
     <t>https://thefame.twiport.com/qrcodes/61b3faea-36ae-4af2-be5b-7030a33cdf29.jpg</t>
   </si>
   <si>
     <t>LEE YEW YONG</t>
+  </si>
+  <si>
+    <t>2026-02-06 18:08:01</t>
   </si>
   <si>
     <t>https://thefame.twiport.com/qrcodes/4220ac7e-797f-4e08-991c-11c55d711d78.jpg</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1698,3720 +2271,4305 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G215"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:G1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="90.692" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
         <v>7</v>
       </c>
       <c r="B2">
         <v>60103851995</v>
       </c>
       <c r="C2">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
-      <c r="E2" t="s">
+      <c r="F2" t="s">
         <v>9</v>
       </c>
-      <c r="F2" t="s">
+      <c r="G2" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B3">
         <v>60103909628</v>
       </c>
       <c r="C3">
         <v>57</v>
       </c>
       <c r="D3" t="s">
         <v>8</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
       </c>
       <c r="G3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
         <v>14</v>
       </c>
       <c r="B4">
         <v>60105220101</v>
       </c>
       <c r="C4">
         <v>27</v>
       </c>
       <c r="D4" t="s">
         <v>8</v>
       </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
       <c r="G4" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B5">
         <v>60107774245</v>
       </c>
       <c r="C5">
         <v>52</v>
       </c>
       <c r="D5" t="s">
         <v>8</v>
       </c>
+      <c r="F5" t="s">
+        <v>18</v>
+      </c>
       <c r="G5" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B6">
         <v>60107918118</v>
       </c>
       <c r="C6">
         <v>12</v>
       </c>
       <c r="D6" t="s">
         <v>8</v>
       </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
       <c r="G6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="B7">
         <v>60109124029</v>
       </c>
       <c r="C7">
         <v>7</v>
       </c>
       <c r="D7" t="s">
         <v>8</v>
       </c>
+      <c r="F7" t="s">
+        <v>24</v>
+      </c>
       <c r="G7" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="B8">
         <v>60109559839</v>
       </c>
       <c r="C8">
         <v>3</v>
       </c>
       <c r="D8" t="s">
         <v>8</v>
       </c>
+      <c r="F8" t="s">
+        <v>27</v>
+      </c>
       <c r="G8" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="B9">
         <v>60122055653</v>
       </c>
       <c r="C9">
         <v>25</v>
       </c>
       <c r="D9" t="s">
         <v>8</v>
       </c>
+      <c r="F9" t="s">
+        <v>30</v>
+      </c>
       <c r="G9" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B10">
         <v>60122079372</v>
       </c>
       <c r="C10">
         <v>21</v>
       </c>
       <c r="D10" t="s">
         <v>8</v>
       </c>
+      <c r="F10" t="s">
+        <v>33</v>
+      </c>
       <c r="G10" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="B11">
         <v>60122157548</v>
       </c>
       <c r="C11">
         <v>21</v>
       </c>
       <c r="D11" t="s">
         <v>8</v>
       </c>
       <c r="G11" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="B12">
         <v>60122161788</v>
       </c>
       <c r="C12">
         <v>22</v>
       </c>
       <c r="D12" t="s">
         <v>8</v>
       </c>
       <c r="G12" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="B13">
         <v>60122173438</v>
       </c>
       <c r="C13">
         <v>63</v>
       </c>
       <c r="D13" t="s">
         <v>8</v>
       </c>
+      <c r="F13" t="s">
+        <v>40</v>
+      </c>
       <c r="G13" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="B14">
         <v>60122199707</v>
       </c>
       <c r="C14">
         <v>25</v>
       </c>
       <c r="D14" t="s">
         <v>8</v>
       </c>
+      <c r="F14" t="s">
+        <v>43</v>
+      </c>
       <c r="G14" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>36</v>
+        <v>45</v>
       </c>
       <c r="B15">
         <v>60122291980</v>
       </c>
       <c r="C15">
         <v>35</v>
       </c>
       <c r="D15" t="s">
         <v>8</v>
       </c>
+      <c r="F15" t="s">
+        <v>46</v>
+      </c>
       <c r="G15" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>38</v>
+        <v>48</v>
       </c>
       <c r="B16">
         <v>60122343268</v>
       </c>
       <c r="C16">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>8</v>
       </c>
+      <c r="F16" t="s">
+        <v>49</v>
+      </c>
       <c r="G16" t="s">
-        <v>39</v>
+        <v>50</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>40</v>
+        <v>51</v>
       </c>
       <c r="B17">
         <v>60122360070</v>
       </c>
       <c r="C17">
         <v>7</v>
       </c>
       <c r="D17" t="s">
         <v>8</v>
       </c>
+      <c r="F17" t="s">
+        <v>52</v>
+      </c>
       <c r="G17" t="s">
-        <v>41</v>
+        <v>53</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="B18">
         <v>60122386218</v>
       </c>
       <c r="C18">
         <v>65</v>
       </c>
       <c r="D18" t="s">
         <v>8</v>
       </c>
+      <c r="F18" t="s">
+        <v>55</v>
+      </c>
       <c r="G18" t="s">
-        <v>43</v>
+        <v>56</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="B19">
         <v>60122433896</v>
       </c>
       <c r="C19">
         <v>20</v>
       </c>
       <c r="D19" t="s">
         <v>8</v>
       </c>
+      <c r="F19" t="s">
+        <v>58</v>
+      </c>
       <c r="G19" t="s">
-        <v>45</v>
+        <v>59</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>46</v>
+        <v>60</v>
       </c>
       <c r="B20">
         <v>60122552325</v>
       </c>
       <c r="C20">
         <v>7</v>
       </c>
       <c r="D20" t="s">
         <v>8</v>
       </c>
       <c r="G20" t="s">
-        <v>47</v>
+        <v>61</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>48</v>
+        <v>62</v>
       </c>
       <c r="B21">
         <v>60122679250</v>
       </c>
       <c r="C21">
         <v>6</v>
       </c>
       <c r="D21" t="s">
         <v>8</v>
       </c>
+      <c r="F21" t="s">
+        <v>63</v>
+      </c>
       <c r="G21" t="s">
-        <v>49</v>
+        <v>64</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="B22">
         <v>60122738763</v>
       </c>
       <c r="C22">
         <v>66</v>
       </c>
       <c r="D22" t="s">
         <v>8</v>
       </c>
       <c r="G22" t="s">
-        <v>51</v>
+        <v>66</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>52</v>
+        <v>67</v>
       </c>
       <c r="B23">
         <v>60122837813</v>
       </c>
       <c r="C23">
         <v>50</v>
       </c>
       <c r="D23" t="s">
         <v>8</v>
       </c>
+      <c r="F23" t="s">
+        <v>68</v>
+      </c>
       <c r="G23" t="s">
-        <v>53</v>
+        <v>69</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>54</v>
+        <v>70</v>
       </c>
       <c r="B24">
         <v>60122860623</v>
       </c>
       <c r="C24">
         <v>10</v>
       </c>
       <c r="D24" t="s">
         <v>8</v>
       </c>
+      <c r="F24" t="s">
+        <v>71</v>
+      </c>
       <c r="G24" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>56</v>
+        <v>73</v>
       </c>
       <c r="B25">
         <v>60122875330</v>
       </c>
       <c r="C25">
         <v>21</v>
       </c>
       <c r="D25" t="s">
         <v>8</v>
       </c>
+      <c r="F25" t="s">
+        <v>74</v>
+      </c>
       <c r="G25" t="s">
-        <v>57</v>
+        <v>75</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>58</v>
+        <v>76</v>
       </c>
       <c r="B26">
         <v>60122893604</v>
       </c>
       <c r="C26">
         <v>62</v>
       </c>
       <c r="D26" t="s">
         <v>8</v>
       </c>
+      <c r="F26" t="s">
+        <v>77</v>
+      </c>
       <c r="G26" t="s">
-        <v>59</v>
+        <v>78</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>60</v>
+        <v>79</v>
       </c>
       <c r="B27">
         <v>60122895690</v>
       </c>
       <c r="C27">
         <v>7</v>
       </c>
       <c r="D27" t="s">
         <v>8</v>
       </c>
+      <c r="F27" t="s">
+        <v>80</v>
+      </c>
       <c r="G27" t="s">
-        <v>61</v>
+        <v>81</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>62</v>
+        <v>82</v>
       </c>
       <c r="B28">
         <v>60122951135</v>
       </c>
       <c r="C28">
         <v>25</v>
       </c>
       <c r="D28" t="s">
         <v>8</v>
       </c>
+      <c r="F28" t="s">
+        <v>83</v>
+      </c>
       <c r="G28" t="s">
-        <v>63</v>
+        <v>84</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>64</v>
+        <v>85</v>
       </c>
       <c r="B29">
         <v>60123038418</v>
       </c>
       <c r="C29">
         <v>22</v>
       </c>
       <c r="D29" t="s">
         <v>8</v>
       </c>
+      <c r="F29" t="s">
+        <v>86</v>
+      </c>
       <c r="G29" t="s">
-        <v>65</v>
+        <v>87</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>66</v>
+        <v>88</v>
       </c>
       <c r="B30">
         <v>60123136912</v>
       </c>
       <c r="C30">
         <v>38</v>
       </c>
       <c r="D30" t="s">
         <v>8</v>
       </c>
+      <c r="F30" t="s">
+        <v>89</v>
+      </c>
       <c r="G30" t="s">
-        <v>67</v>
+        <v>90</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="B31">
         <v>60123433408</v>
       </c>
       <c r="C31">
         <v>10</v>
       </c>
       <c r="D31" t="s">
         <v>8</v>
       </c>
+      <c r="F31" t="s">
+        <v>92</v>
+      </c>
       <c r="G31" t="s">
-        <v>69</v>
+        <v>93</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>70</v>
+        <v>94</v>
       </c>
       <c r="B32">
         <v>60123452155</v>
       </c>
       <c r="C32">
         <v>38</v>
       </c>
       <c r="D32" t="s">
         <v>8</v>
       </c>
+      <c r="F32" t="s">
+        <v>95</v>
+      </c>
       <c r="G32" t="s">
-        <v>71</v>
+        <v>96</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>72</v>
+        <v>97</v>
       </c>
       <c r="B33">
         <v>60123453526</v>
       </c>
       <c r="C33">
         <v>63</v>
       </c>
       <c r="D33" t="s">
         <v>8</v>
       </c>
+      <c r="F33" t="s">
+        <v>98</v>
+      </c>
       <c r="G33" t="s">
-        <v>73</v>
+        <v>99</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>74</v>
+        <v>100</v>
       </c>
       <c r="B34">
         <v>60123599965</v>
       </c>
       <c r="C34">
         <v>21</v>
       </c>
       <c r="D34" t="s">
         <v>8</v>
       </c>
       <c r="G34" t="s">
-        <v>75</v>
+        <v>101</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>76</v>
+        <v>102</v>
       </c>
       <c r="B35">
         <v>60123820096</v>
       </c>
       <c r="C35">
         <v>35</v>
       </c>
       <c r="D35" t="s">
         <v>8</v>
       </c>
+      <c r="F35" t="s">
+        <v>103</v>
+      </c>
       <c r="G35" t="s">
-        <v>77</v>
+        <v>104</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>78</v>
+        <v>105</v>
       </c>
       <c r="B36">
         <v>60123911352</v>
       </c>
       <c r="C36">
         <v>22</v>
       </c>
       <c r="D36" t="s">
         <v>8</v>
       </c>
+      <c r="F36" t="s">
+        <v>106</v>
+      </c>
       <c r="G36" t="s">
-        <v>79</v>
+        <v>107</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>80</v>
+        <v>108</v>
       </c>
       <c r="B37">
         <v>60124131513</v>
       </c>
       <c r="C37">
         <v>8</v>
       </c>
       <c r="D37" t="s">
         <v>8</v>
       </c>
+      <c r="F37" t="s">
+        <v>109</v>
+      </c>
       <c r="G37" t="s">
-        <v>81</v>
+        <v>110</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>82</v>
+        <v>111</v>
       </c>
       <c r="B38">
         <v>60124201233</v>
       </c>
       <c r="C38">
         <v>23</v>
       </c>
       <c r="D38" t="s">
         <v>8</v>
       </c>
       <c r="G38" t="s">
-        <v>83</v>
+        <v>112</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>84</v>
+        <v>113</v>
       </c>
       <c r="B39">
         <v>60124205532</v>
       </c>
       <c r="C39">
         <v>55</v>
       </c>
       <c r="D39" t="s">
         <v>8</v>
       </c>
+      <c r="F39" t="s">
+        <v>114</v>
+      </c>
       <c r="G39" t="s">
-        <v>85</v>
+        <v>115</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>86</v>
+        <v>116</v>
       </c>
       <c r="B40">
         <v>60124531033</v>
       </c>
       <c r="C40">
         <v>37</v>
       </c>
       <c r="D40" t="s">
         <v>8</v>
       </c>
+      <c r="F40" t="s">
+        <v>117</v>
+      </c>
       <c r="G40" t="s">
-        <v>87</v>
+        <v>118</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>88</v>
+        <v>119</v>
       </c>
       <c r="B41">
         <v>60124767892</v>
       </c>
       <c r="C41">
         <v>37</v>
       </c>
       <c r="D41" t="s">
         <v>8</v>
       </c>
+      <c r="F41" t="s">
+        <v>120</v>
+      </c>
       <c r="G41" t="s">
-        <v>89</v>
+        <v>121</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>90</v>
+        <v>122</v>
       </c>
       <c r="B42">
         <v>60125032222</v>
       </c>
       <c r="C42">
         <v>36</v>
       </c>
       <c r="D42" t="s">
         <v>8</v>
       </c>
+      <c r="F42" t="s">
+        <v>123</v>
+      </c>
       <c r="G42" t="s">
-        <v>91</v>
+        <v>124</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>92</v>
+        <v>125</v>
       </c>
       <c r="B43">
         <v>60125033328</v>
       </c>
       <c r="C43">
         <v>60</v>
       </c>
       <c r="D43" t="s">
         <v>8</v>
       </c>
+      <c r="F43" t="s">
+        <v>126</v>
+      </c>
       <c r="G43" t="s">
-        <v>93</v>
+        <v>127</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>94</v>
+        <v>128</v>
       </c>
       <c r="B44">
         <v>60125071678</v>
       </c>
       <c r="C44">
         <v>60</v>
       </c>
       <c r="D44" t="s">
         <v>8</v>
       </c>
+      <c r="F44" t="s">
+        <v>129</v>
+      </c>
       <c r="G44" t="s">
-        <v>95</v>
+        <v>130</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>96</v>
+        <v>131</v>
       </c>
       <c r="B45">
         <v>60125193988</v>
       </c>
       <c r="C45">
         <v>53</v>
       </c>
       <c r="D45" t="s">
         <v>8</v>
       </c>
+      <c r="F45" t="s">
+        <v>132</v>
+      </c>
       <c r="G45" t="s">
-        <v>97</v>
+        <v>133</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>98</v>
+        <v>134</v>
       </c>
       <c r="B46">
         <v>60125207938</v>
       </c>
       <c r="C46">
         <v>19</v>
       </c>
       <c r="D46" t="s">
         <v>8</v>
       </c>
+      <c r="F46" t="s">
+        <v>135</v>
+      </c>
       <c r="G46" t="s">
-        <v>99</v>
+        <v>136</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>100</v>
+        <v>137</v>
       </c>
       <c r="B47">
         <v>60125233478</v>
       </c>
       <c r="C47">
         <v>60</v>
       </c>
       <c r="D47" t="s">
         <v>8</v>
       </c>
+      <c r="F47" t="s">
+        <v>138</v>
+      </c>
       <c r="G47" t="s">
-        <v>101</v>
+        <v>139</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>102</v>
+        <v>140</v>
       </c>
       <c r="B48">
         <v>60125337522</v>
       </c>
       <c r="C48">
         <v>37</v>
       </c>
       <c r="D48" t="s">
         <v>8</v>
       </c>
+      <c r="F48" t="s">
+        <v>141</v>
+      </c>
       <c r="G48" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>104</v>
+        <v>143</v>
       </c>
       <c r="B49">
         <v>60125579185</v>
       </c>
       <c r="C49">
         <v>67</v>
       </c>
       <c r="D49" t="s">
         <v>8</v>
       </c>
+      <c r="F49" t="s">
+        <v>144</v>
+      </c>
       <c r="G49" t="s">
-        <v>105</v>
+        <v>145</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>106</v>
+        <v>146</v>
       </c>
       <c r="B50">
         <v>60126115233</v>
       </c>
       <c r="C50">
         <v>35</v>
       </c>
       <c r="D50" t="s">
         <v>8</v>
       </c>
+      <c r="F50" t="s">
+        <v>147</v>
+      </c>
       <c r="G50" t="s">
-        <v>107</v>
+        <v>148</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>108</v>
+        <v>149</v>
       </c>
       <c r="B51">
         <v>60126132133</v>
       </c>
       <c r="C51">
         <v>32</v>
       </c>
       <c r="D51" t="s">
         <v>8</v>
       </c>
+      <c r="F51" t="s">
+        <v>150</v>
+      </c>
       <c r="G51" t="s">
-        <v>109</v>
+        <v>151</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>110</v>
+        <v>152</v>
       </c>
       <c r="B52">
         <v>60126188822</v>
       </c>
       <c r="C52">
         <v>39</v>
       </c>
       <c r="D52" t="s">
         <v>8</v>
       </c>
+      <c r="F52" t="s">
+        <v>153</v>
+      </c>
       <c r="G52" t="s">
-        <v>111</v>
+        <v>154</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>112</v>
+        <v>155</v>
       </c>
       <c r="B53">
         <v>60126279007</v>
       </c>
       <c r="C53">
         <v>18</v>
       </c>
       <c r="D53" t="s">
         <v>8</v>
       </c>
+      <c r="F53" t="s">
+        <v>156</v>
+      </c>
       <c r="G53" t="s">
-        <v>113</v>
+        <v>157</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>114</v>
+        <v>158</v>
       </c>
       <c r="B54">
         <v>60126304953</v>
       </c>
       <c r="C54">
         <v>52</v>
       </c>
       <c r="D54" t="s">
         <v>8</v>
       </c>
+      <c r="F54" t="s">
+        <v>159</v>
+      </c>
       <c r="G54" t="s">
-        <v>115</v>
+        <v>160</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>116</v>
+        <v>161</v>
       </c>
       <c r="B55">
         <v>60126348582</v>
       </c>
       <c r="C55">
         <v>20</v>
       </c>
       <c r="D55" t="s">
         <v>8</v>
       </c>
+      <c r="F55" t="s">
+        <v>162</v>
+      </c>
       <c r="G55" t="s">
-        <v>117</v>
+        <v>163</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>118</v>
+        <v>164</v>
       </c>
       <c r="B56">
         <v>60126352019</v>
       </c>
       <c r="C56">
         <v>39</v>
       </c>
       <c r="D56" t="s">
         <v>8</v>
       </c>
       <c r="G56" t="s">
-        <v>119</v>
+        <v>165</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>120</v>
+        <v>166</v>
       </c>
       <c r="B57">
         <v>60126398394</v>
       </c>
       <c r="C57">
         <v>56</v>
       </c>
       <c r="D57" t="s">
         <v>8</v>
       </c>
+      <c r="F57" t="s">
+        <v>167</v>
+      </c>
       <c r="G57" t="s">
-        <v>121</v>
+        <v>168</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>122</v>
+        <v>169</v>
       </c>
       <c r="B58">
         <v>60126635408</v>
       </c>
       <c r="C58">
         <v>9</v>
       </c>
       <c r="D58" t="s">
         <v>8</v>
       </c>
+      <c r="F58" t="s">
+        <v>170</v>
+      </c>
       <c r="G58" t="s">
-        <v>123</v>
+        <v>171</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>124</v>
+        <v>172</v>
       </c>
       <c r="B59">
         <v>60126741630</v>
       </c>
       <c r="C59">
         <v>51</v>
       </c>
       <c r="D59" t="s">
         <v>8</v>
       </c>
+      <c r="F59" t="s">
+        <v>173</v>
+      </c>
       <c r="G59" t="s">
-        <v>125</v>
+        <v>174</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>126</v>
+        <v>175</v>
       </c>
       <c r="B60">
         <v>60126790381</v>
       </c>
       <c r="C60">
         <v>25</v>
       </c>
       <c r="D60" t="s">
         <v>8</v>
       </c>
+      <c r="F60" t="s">
+        <v>176</v>
+      </c>
       <c r="G60" t="s">
-        <v>127</v>
+        <v>177</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>128</v>
+        <v>178</v>
       </c>
       <c r="B61">
         <v>60126825489</v>
       </c>
       <c r="C61">
         <v>68</v>
       </c>
       <c r="D61" t="s">
         <v>8</v>
       </c>
+      <c r="F61" t="s">
+        <v>179</v>
+      </c>
       <c r="G61" t="s">
-        <v>129</v>
+        <v>180</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>130</v>
+        <v>181</v>
       </c>
       <c r="B62">
         <v>60126834341</v>
       </c>
       <c r="C62">
         <v>62</v>
       </c>
       <c r="D62" t="s">
         <v>8</v>
       </c>
       <c r="G62" t="s">
-        <v>131</v>
+        <v>182</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>132</v>
+        <v>183</v>
       </c>
       <c r="B63">
         <v>60126927388</v>
       </c>
       <c r="C63">
         <v>50</v>
       </c>
       <c r="D63" t="s">
         <v>8</v>
       </c>
+      <c r="F63" t="s">
+        <v>184</v>
+      </c>
       <c r="G63" t="s">
-        <v>133</v>
+        <v>185</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>134</v>
+        <v>186</v>
       </c>
       <c r="B64">
         <v>60127057226</v>
       </c>
       <c r="C64">
         <v>69</v>
       </c>
       <c r="D64" t="s">
         <v>8</v>
       </c>
+      <c r="F64" t="s">
+        <v>187</v>
+      </c>
       <c r="G64" t="s">
-        <v>135</v>
+        <v>188</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>136</v>
+        <v>189</v>
       </c>
       <c r="B65">
         <v>60127093007</v>
       </c>
       <c r="C65">
         <v>62</v>
       </c>
       <c r="D65" t="s">
         <v>8</v>
       </c>
       <c r="G65" t="s">
-        <v>137</v>
+        <v>190</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>138</v>
+        <v>191</v>
       </c>
       <c r="B66">
         <v>60127108882</v>
       </c>
       <c r="C66">
         <v>69</v>
       </c>
       <c r="D66" t="s">
         <v>8</v>
       </c>
+      <c r="F66" t="s">
+        <v>192</v>
+      </c>
       <c r="G66" t="s">
-        <v>139</v>
+        <v>193</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>140</v>
+        <v>194</v>
       </c>
       <c r="B67">
         <v>60127219439</v>
       </c>
       <c r="C67">
         <v>29</v>
       </c>
       <c r="D67" t="s">
         <v>8</v>
       </c>
+      <c r="F67" t="s">
+        <v>195</v>
+      </c>
       <c r="G67" t="s">
-        <v>141</v>
+        <v>196</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>142</v>
+        <v>197</v>
       </c>
       <c r="B68">
         <v>60127328785</v>
       </c>
       <c r="C68">
         <v>35</v>
       </c>
       <c r="D68" t="s">
         <v>8</v>
       </c>
+      <c r="F68" t="s">
+        <v>198</v>
+      </c>
       <c r="G68" t="s">
-        <v>143</v>
+        <v>199</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>144</v>
+        <v>200</v>
       </c>
       <c r="B69">
         <v>60127800423</v>
       </c>
       <c r="C69">
         <v>30</v>
       </c>
       <c r="D69" t="s">
         <v>8</v>
       </c>
+      <c r="F69" t="s">
+        <v>201</v>
+      </c>
       <c r="G69" t="s">
-        <v>145</v>
+        <v>202</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>146</v>
+        <v>203</v>
       </c>
       <c r="B70">
         <v>60128077778</v>
       </c>
       <c r="C70">
         <v>17</v>
       </c>
       <c r="D70" t="s">
         <v>8</v>
       </c>
+      <c r="F70" t="s">
+        <v>204</v>
+      </c>
       <c r="G70" t="s">
-        <v>147</v>
+        <v>205</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>148</v>
+        <v>206</v>
       </c>
       <c r="B71">
         <v>60128091638</v>
       </c>
       <c r="C71">
         <v>11</v>
       </c>
       <c r="D71" t="s">
         <v>8</v>
       </c>
+      <c r="F71" t="s">
+        <v>207</v>
+      </c>
       <c r="G71" t="s">
-        <v>149</v>
+        <v>208</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>150</v>
+        <v>209</v>
       </c>
       <c r="B72">
         <v>60128221196</v>
       </c>
       <c r="C72">
         <v>11</v>
       </c>
       <c r="D72" t="s">
         <v>8</v>
       </c>
+      <c r="F72" t="s">
+        <v>210</v>
+      </c>
       <c r="G72" t="s">
-        <v>151</v>
+        <v>211</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>152</v>
+        <v>212</v>
       </c>
       <c r="B73">
         <v>60128731220</v>
       </c>
       <c r="C73">
         <v>17</v>
       </c>
       <c r="D73" t="s">
         <v>8</v>
       </c>
+      <c r="F73" t="s">
+        <v>213</v>
+      </c>
       <c r="G73" t="s">
-        <v>153</v>
+        <v>214</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>154</v>
+        <v>215</v>
       </c>
       <c r="B74">
         <v>60128838375</v>
       </c>
       <c r="C74">
         <v>3</v>
       </c>
       <c r="D74" t="s">
         <v>8</v>
       </c>
+      <c r="F74" t="s">
+        <v>216</v>
+      </c>
       <c r="G74" t="s">
-        <v>155</v>
+        <v>217</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>156</v>
+        <v>218</v>
       </c>
       <c r="B75">
         <v>60128861909</v>
       </c>
       <c r="C75">
         <v>50</v>
       </c>
       <c r="D75" t="s">
         <v>8</v>
       </c>
+      <c r="F75" t="s">
+        <v>219</v>
+      </c>
       <c r="G75" t="s">
-        <v>157</v>
+        <v>220</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>158</v>
+        <v>221</v>
       </c>
       <c r="B76">
         <v>60128893159</v>
       </c>
       <c r="C76">
         <v>1</v>
       </c>
       <c r="D76" t="s">
         <v>8</v>
       </c>
+      <c r="F76" t="s">
+        <v>222</v>
+      </c>
       <c r="G76" t="s">
-        <v>159</v>
+        <v>223</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>160</v>
+        <v>224</v>
       </c>
       <c r="B77">
         <v>60129057385</v>
       </c>
       <c r="C77">
         <v>52</v>
       </c>
       <c r="D77" t="s">
         <v>8</v>
       </c>
+      <c r="F77" t="s">
+        <v>225</v>
+      </c>
       <c r="G77" t="s">
-        <v>161</v>
+        <v>226</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>162</v>
+        <v>227</v>
       </c>
       <c r="B78">
         <v>60129129980</v>
       </c>
       <c r="C78">
         <v>51</v>
       </c>
       <c r="D78" t="s">
         <v>8</v>
       </c>
+      <c r="F78" t="s">
+        <v>228</v>
+      </c>
       <c r="G78" t="s">
-        <v>163</v>
+        <v>229</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
-        <v>164</v>
+        <v>230</v>
       </c>
       <c r="B79">
         <v>60129255215</v>
       </c>
       <c r="C79">
         <v>65</v>
       </c>
       <c r="D79" t="s">
         <v>8</v>
       </c>
+      <c r="F79" t="s">
+        <v>231</v>
+      </c>
       <c r="G79" t="s">
-        <v>165</v>
+        <v>232</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
-        <v>166</v>
+        <v>233</v>
       </c>
       <c r="B80">
         <v>60129285321</v>
       </c>
       <c r="C80">
         <v>57</v>
       </c>
       <c r="D80" t="s">
         <v>8</v>
       </c>
+      <c r="F80" t="s">
+        <v>114</v>
+      </c>
       <c r="G80" t="s">
-        <v>167</v>
+        <v>234</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
-        <v>168</v>
+        <v>235</v>
       </c>
       <c r="B81">
         <v>60129371018</v>
       </c>
       <c r="C81">
         <v>57</v>
       </c>
       <c r="D81" t="s">
         <v>8</v>
       </c>
+      <c r="F81" t="s">
+        <v>236</v>
+      </c>
       <c r="G81" t="s">
-        <v>169</v>
+        <v>237</v>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
-        <v>170</v>
+        <v>238</v>
       </c>
       <c r="B82">
         <v>60129371836</v>
       </c>
       <c r="C82">
         <v>57</v>
       </c>
       <c r="D82" t="s">
         <v>8</v>
       </c>
+      <c r="F82" t="s">
+        <v>239</v>
+      </c>
       <c r="G82" t="s">
-        <v>171</v>
+        <v>240</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
-        <v>172</v>
+        <v>241</v>
       </c>
       <c r="B83">
         <v>60129576616</v>
       </c>
       <c r="C83">
         <v>58</v>
       </c>
       <c r="D83" t="s">
         <v>8</v>
       </c>
+      <c r="F83" t="s">
+        <v>242</v>
+      </c>
       <c r="G83" t="s">
-        <v>173</v>
+        <v>243</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
-        <v>174</v>
+        <v>244</v>
       </c>
       <c r="B84">
         <v>60129820693</v>
       </c>
       <c r="C84">
         <v>9</v>
       </c>
       <c r="D84" t="s">
         <v>8</v>
       </c>
+      <c r="F84" t="s">
+        <v>245</v>
+      </c>
       <c r="G84" t="s">
-        <v>175</v>
+        <v>246</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
-        <v>176</v>
+        <v>247</v>
       </c>
       <c r="B85">
         <v>60129833137</v>
       </c>
       <c r="C85">
         <v>57</v>
       </c>
       <c r="D85" t="s">
         <v>8</v>
       </c>
+      <c r="F85" t="s">
+        <v>248</v>
+      </c>
       <c r="G85" t="s">
-        <v>177</v>
+        <v>249</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
-        <v>178</v>
+        <v>250</v>
       </c>
       <c r="B86">
         <v>60129870606</v>
       </c>
       <c r="C86">
         <v>31</v>
       </c>
       <c r="D86" t="s">
         <v>8</v>
       </c>
+      <c r="F86" t="s">
+        <v>251</v>
+      </c>
       <c r="G86" t="s">
-        <v>179</v>
+        <v>252</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
-        <v>180</v>
+        <v>253</v>
       </c>
       <c r="B87">
         <v>60132872473</v>
       </c>
       <c r="C87">
         <v>65</v>
       </c>
       <c r="D87" t="s">
         <v>8</v>
       </c>
+      <c r="F87" t="s">
+        <v>254</v>
+      </c>
       <c r="G87" t="s">
-        <v>181</v>
+        <v>255</v>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
-        <v>182</v>
+        <v>256</v>
       </c>
       <c r="B88">
         <v>60133770222</v>
       </c>
       <c r="C88">
         <v>31</v>
       </c>
       <c r="D88" t="s">
         <v>8</v>
       </c>
+      <c r="F88" t="s">
+        <v>257</v>
+      </c>
       <c r="G88" t="s">
-        <v>183</v>
+        <v>258</v>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
-        <v>184</v>
+        <v>259</v>
       </c>
       <c r="B89">
         <v>60133988008</v>
       </c>
       <c r="C89">
         <v>32</v>
       </c>
       <c r="D89" t="s">
         <v>8</v>
       </c>
+      <c r="F89" t="s">
+        <v>260</v>
+      </c>
       <c r="G89" t="s">
-        <v>185</v>
+        <v>261</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
-        <v>186</v>
+        <v>262</v>
       </c>
       <c r="B90">
         <v>60134282459</v>
       </c>
       <c r="C90">
         <v>67</v>
       </c>
       <c r="D90" t="s">
         <v>8</v>
       </c>
+      <c r="F90" t="s">
+        <v>263</v>
+      </c>
       <c r="G90" t="s">
-        <v>187</v>
+        <v>264</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
-        <v>188</v>
+        <v>265</v>
       </c>
       <c r="B91">
         <v>60134676888</v>
       </c>
       <c r="C91">
         <v>18</v>
       </c>
       <c r="D91" t="s">
         <v>8</v>
       </c>
+      <c r="F91" t="s">
+        <v>266</v>
+      </c>
       <c r="G91" t="s">
-        <v>189</v>
+        <v>267</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
-        <v>190</v>
+        <v>268</v>
       </c>
       <c r="B92">
         <v>60136970031</v>
       </c>
       <c r="C92">
         <v>8</v>
       </c>
       <c r="D92" t="s">
         <v>8</v>
       </c>
+      <c r="F92" t="s">
+        <v>269</v>
+      </c>
       <c r="G92" t="s">
-        <v>191</v>
+        <v>270</v>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
-        <v>192</v>
+        <v>271</v>
       </c>
       <c r="B93">
         <v>60137030991</v>
       </c>
       <c r="C93">
         <v>56</v>
       </c>
       <c r="D93" t="s">
         <v>8</v>
       </c>
+      <c r="F93" t="s">
+        <v>272</v>
+      </c>
       <c r="G93" t="s">
-        <v>193</v>
+        <v>273</v>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
-        <v>194</v>
+        <v>274</v>
       </c>
       <c r="B94">
         <v>60137469857</v>
       </c>
       <c r="C94">
         <v>33</v>
       </c>
       <c r="D94" t="s">
         <v>8</v>
       </c>
+      <c r="F94" t="s">
+        <v>275</v>
+      </c>
       <c r="G94" t="s">
-        <v>195</v>
+        <v>276</v>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
-        <v>196</v>
+        <v>277</v>
       </c>
       <c r="B95">
         <v>60137778881</v>
       </c>
       <c r="C95">
         <v>33</v>
       </c>
       <c r="D95" t="s">
         <v>8</v>
       </c>
+      <c r="F95" t="s">
+        <v>278</v>
+      </c>
       <c r="G95" t="s">
-        <v>197</v>
+        <v>279</v>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
-        <v>198</v>
+        <v>280</v>
       </c>
       <c r="B96">
         <v>60138015376</v>
       </c>
       <c r="C96">
         <v>68</v>
       </c>
       <c r="D96" t="s">
         <v>8</v>
       </c>
+      <c r="F96" t="s">
+        <v>281</v>
+      </c>
       <c r="G96" t="s">
-        <v>199</v>
+        <v>282</v>
       </c>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
-        <v>200</v>
+        <v>283</v>
       </c>
       <c r="B97">
         <v>60138087626</v>
       </c>
       <c r="C97">
         <v>3</v>
       </c>
       <c r="D97" t="s">
         <v>8</v>
       </c>
+      <c r="F97" t="s">
+        <v>284</v>
+      </c>
       <c r="G97" t="s">
-        <v>201</v>
+        <v>285</v>
       </c>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
-        <v>202</v>
+        <v>286</v>
       </c>
       <c r="B98">
         <v>60138119619</v>
       </c>
       <c r="C98">
         <v>1</v>
       </c>
       <c r="D98" t="s">
         <v>8</v>
       </c>
+      <c r="F98" t="s">
+        <v>287</v>
+      </c>
       <c r="G98" t="s">
-        <v>203</v>
+        <v>288</v>
       </c>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
-        <v>204</v>
+        <v>289</v>
       </c>
       <c r="B99">
         <v>60138336116</v>
       </c>
       <c r="C99">
         <v>2</v>
       </c>
       <c r="D99" t="s">
         <v>8</v>
       </c>
+      <c r="F99" t="s">
+        <v>290</v>
+      </c>
       <c r="G99" t="s">
-        <v>205</v>
+        <v>291</v>
       </c>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
-        <v>206</v>
+        <v>292</v>
       </c>
       <c r="B100">
         <v>60139323323</v>
       </c>
       <c r="C100">
         <v>32</v>
       </c>
       <c r="D100" t="s">
         <v>8</v>
       </c>
+      <c r="F100" t="s">
+        <v>293</v>
+      </c>
       <c r="G100" t="s">
-        <v>207</v>
+        <v>294</v>
       </c>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
-        <v>208</v>
+        <v>295</v>
       </c>
       <c r="B101">
         <v>60142328926</v>
       </c>
       <c r="C101">
         <v>59</v>
       </c>
       <c r="D101" t="s">
         <v>8</v>
       </c>
+      <c r="F101" t="s">
+        <v>296</v>
+      </c>
       <c r="G101" t="s">
-        <v>209</v>
+        <v>297</v>
       </c>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
-        <v>210</v>
+        <v>298</v>
       </c>
       <c r="B102">
         <v>60142998899</v>
       </c>
       <c r="C102">
         <v>38</v>
       </c>
       <c r="D102" t="s">
         <v>8</v>
       </c>
+      <c r="F102" t="s">
+        <v>299</v>
+      </c>
       <c r="G102" t="s">
-        <v>211</v>
+        <v>300</v>
       </c>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
-        <v>212</v>
+        <v>301</v>
       </c>
       <c r="B103">
         <v>60143044932</v>
       </c>
       <c r="C103">
         <v>67</v>
       </c>
       <c r="D103" t="s">
         <v>8</v>
       </c>
+      <c r="F103" t="s">
+        <v>302</v>
+      </c>
       <c r="G103" t="s">
-        <v>213</v>
+        <v>303</v>
       </c>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
-        <v>214</v>
+        <v>304</v>
       </c>
       <c r="B104">
         <v>60143241690</v>
       </c>
       <c r="C104">
         <v>8</v>
       </c>
       <c r="D104" t="s">
         <v>8</v>
       </c>
+      <c r="F104" t="s">
+        <v>305</v>
+      </c>
       <c r="G104" t="s">
-        <v>215</v>
+        <v>306</v>
       </c>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
-        <v>216</v>
+        <v>307</v>
       </c>
       <c r="B105">
         <v>60146042159</v>
       </c>
       <c r="C105">
         <v>36</v>
       </c>
       <c r="D105" t="s">
         <v>8</v>
       </c>
+      <c r="F105" t="s">
+        <v>308</v>
+      </c>
       <c r="G105" t="s">
-        <v>217</v>
+        <v>309</v>
       </c>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
-        <v>218</v>
+        <v>310</v>
       </c>
       <c r="B106">
         <v>60146169662</v>
       </c>
       <c r="C106">
         <v>29</v>
       </c>
       <c r="D106" t="s">
         <v>8</v>
       </c>
+      <c r="F106" t="s">
+        <v>311</v>
+      </c>
       <c r="G106" t="s">
-        <v>219</v>
+        <v>312</v>
       </c>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
-        <v>220</v>
+        <v>313</v>
       </c>
       <c r="B107">
         <v>60146360199</v>
       </c>
       <c r="C107">
         <v>9</v>
       </c>
       <c r="D107" t="s">
         <v>8</v>
       </c>
+      <c r="F107" t="s">
+        <v>314</v>
+      </c>
       <c r="G107" t="s">
-        <v>221</v>
+        <v>315</v>
       </c>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" t="s">
-        <v>222</v>
+        <v>316</v>
       </c>
       <c r="B108">
         <v>60147621118</v>
       </c>
       <c r="C108">
         <v>55</v>
       </c>
       <c r="D108" t="s">
         <v>8</v>
       </c>
+      <c r="F108" t="s">
+        <v>317</v>
+      </c>
       <c r="G108" t="s">
-        <v>223</v>
+        <v>318</v>
       </c>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" t="s">
-        <v>224</v>
+        <v>319</v>
       </c>
       <c r="B109">
         <v>60162032153</v>
       </c>
       <c r="C109">
         <v>9</v>
       </c>
       <c r="D109" t="s">
         <v>8</v>
       </c>
+      <c r="F109" t="s">
+        <v>320</v>
+      </c>
       <c r="G109" t="s">
-        <v>225</v>
+        <v>321</v>
       </c>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" t="s">
-        <v>226</v>
+        <v>322</v>
       </c>
       <c r="B110">
         <v>60162272081</v>
       </c>
       <c r="C110">
         <v>28</v>
       </c>
       <c r="D110" t="s">
         <v>8</v>
       </c>
+      <c r="F110" t="s">
+        <v>323</v>
+      </c>
       <c r="G110" t="s">
-        <v>227</v>
+        <v>324</v>
       </c>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" t="s">
-        <v>228</v>
+        <v>325</v>
       </c>
       <c r="B111">
         <v>60162291868</v>
       </c>
       <c r="C111">
         <v>51</v>
       </c>
       <c r="D111" t="s">
         <v>8</v>
       </c>
+      <c r="F111" t="s">
+        <v>326</v>
+      </c>
       <c r="G111" t="s">
-        <v>229</v>
+        <v>327</v>
       </c>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" t="s">
-        <v>230</v>
+        <v>328</v>
       </c>
       <c r="B112">
         <v>60162586022</v>
       </c>
       <c r="C112">
         <v>63</v>
       </c>
       <c r="D112" t="s">
         <v>8</v>
       </c>
+      <c r="F112" t="s">
+        <v>329</v>
+      </c>
       <c r="G112" t="s">
-        <v>231</v>
+        <v>330</v>
       </c>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" t="s">
-        <v>232</v>
+        <v>331</v>
       </c>
       <c r="B113">
         <v>60162600203</v>
       </c>
       <c r="C113">
         <v>39</v>
       </c>
       <c r="D113" t="s">
         <v>8</v>
       </c>
+      <c r="F113" t="s">
+        <v>332</v>
+      </c>
       <c r="G113" t="s">
-        <v>233</v>
+        <v>333</v>
       </c>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" t="s">
-        <v>234</v>
+        <v>334</v>
       </c>
       <c r="B114">
         <v>60162774093</v>
       </c>
       <c r="C114">
         <v>22</v>
       </c>
       <c r="D114" t="s">
         <v>8</v>
       </c>
+      <c r="F114" t="s">
+        <v>335</v>
+      </c>
       <c r="G114" t="s">
-        <v>235</v>
+        <v>336</v>
       </c>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" t="s">
-        <v>236</v>
+        <v>337</v>
       </c>
       <c r="B115">
         <v>60163031113</v>
       </c>
       <c r="C115">
         <v>19</v>
       </c>
       <c r="D115" t="s">
         <v>8</v>
       </c>
+      <c r="F115" t="s">
+        <v>338</v>
+      </c>
       <c r="G115" t="s">
-        <v>237</v>
+        <v>339</v>
       </c>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" t="s">
-        <v>238</v>
+        <v>340</v>
       </c>
       <c r="B116">
         <v>60163176333</v>
       </c>
       <c r="C116">
         <v>8</v>
       </c>
       <c r="D116" t="s">
         <v>8</v>
       </c>
+      <c r="F116" t="s">
+        <v>341</v>
+      </c>
       <c r="G116" t="s">
-        <v>239</v>
+        <v>342</v>
       </c>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" t="s">
-        <v>240</v>
+        <v>343</v>
       </c>
       <c r="B117">
         <v>60163333055</v>
       </c>
       <c r="C117">
         <v>22</v>
       </c>
       <c r="D117" t="s">
         <v>8</v>
       </c>
+      <c r="F117" t="s">
+        <v>344</v>
+      </c>
       <c r="G117" t="s">
-        <v>241</v>
+        <v>345</v>
       </c>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" t="s">
-        <v>242</v>
+        <v>346</v>
       </c>
       <c r="B118">
         <v>60163794847</v>
       </c>
       <c r="C118">
         <v>26</v>
       </c>
       <c r="D118" t="s">
         <v>8</v>
       </c>
+      <c r="F118" t="s">
+        <v>347</v>
+      </c>
       <c r="G118" t="s">
-        <v>243</v>
+        <v>348</v>
       </c>
     </row>
     <row r="119" spans="1:7">
       <c r="A119" t="s">
-        <v>244</v>
+        <v>349</v>
       </c>
       <c r="B119">
         <v>60164146455</v>
       </c>
       <c r="C119">
         <v>67</v>
       </c>
       <c r="D119" t="s">
         <v>8</v>
       </c>
+      <c r="F119" t="s">
+        <v>350</v>
+      </c>
       <c r="G119" t="s">
-        <v>245</v>
+        <v>351</v>
       </c>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" t="s">
-        <v>246</v>
+        <v>352</v>
       </c>
       <c r="B120">
         <v>60164195533</v>
       </c>
       <c r="C120">
         <v>23</v>
       </c>
       <c r="D120" t="s">
         <v>8</v>
       </c>
+      <c r="F120" t="s">
+        <v>353</v>
+      </c>
       <c r="G120" t="s">
-        <v>247</v>
+        <v>354</v>
       </c>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" t="s">
-        <v>248</v>
+        <v>355</v>
       </c>
       <c r="B121">
         <v>60165061990</v>
       </c>
       <c r="C121">
         <v>28</v>
       </c>
       <c r="D121" t="s">
         <v>8</v>
       </c>
+      <c r="F121" t="s">
+        <v>356</v>
+      </c>
       <c r="G121" t="s">
-        <v>249</v>
+        <v>357</v>
       </c>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" t="s">
-        <v>250</v>
+        <v>358</v>
       </c>
       <c r="B122">
         <v>60165533780</v>
       </c>
       <c r="C122">
         <v>67</v>
       </c>
       <c r="D122" t="s">
         <v>8</v>
       </c>
+      <c r="F122" t="s">
+        <v>359</v>
+      </c>
       <c r="G122" t="s">
-        <v>251</v>
+        <v>360</v>
       </c>
     </row>
     <row r="123" spans="1:7">
       <c r="A123" t="s">
-        <v>252</v>
+        <v>361</v>
       </c>
       <c r="B123">
         <v>60165550068</v>
       </c>
       <c r="C123">
         <v>61</v>
       </c>
       <c r="D123" t="s">
         <v>8</v>
       </c>
+      <c r="F123" t="s">
+        <v>362</v>
+      </c>
       <c r="G123" t="s">
-        <v>253</v>
+        <v>363</v>
       </c>
     </row>
     <row r="124" spans="1:7">
       <c r="A124" t="s">
-        <v>254</v>
+        <v>364</v>
       </c>
       <c r="B124">
         <v>60165566300</v>
       </c>
       <c r="C124">
         <v>60</v>
       </c>
       <c r="D124" t="s">
         <v>8</v>
       </c>
+      <c r="F124" t="s">
+        <v>365</v>
+      </c>
       <c r="G124" t="s">
-        <v>255</v>
+        <v>366</v>
       </c>
     </row>
     <row r="125" spans="1:7">
       <c r="A125" t="s">
-        <v>256</v>
+        <v>367</v>
       </c>
       <c r="B125">
         <v>60165573580</v>
       </c>
       <c r="C125">
         <v>61</v>
       </c>
       <c r="D125" t="s">
         <v>8</v>
       </c>
+      <c r="F125" t="s">
+        <v>368</v>
+      </c>
       <c r="G125" t="s">
-        <v>257</v>
+        <v>369</v>
       </c>
     </row>
     <row r="126" spans="1:7">
       <c r="A126" t="s">
-        <v>258</v>
+        <v>370</v>
       </c>
       <c r="B126">
         <v>60166003507</v>
       </c>
       <c r="C126">
         <v>60</v>
       </c>
       <c r="D126" t="s">
         <v>8</v>
       </c>
       <c r="G126" t="s">
-        <v>259</v>
+        <v>371</v>
       </c>
     </row>
     <row r="127" spans="1:7">
       <c r="A127" t="s">
-        <v>260</v>
+        <v>372</v>
       </c>
       <c r="B127">
         <v>60166113111</v>
       </c>
       <c r="C127">
         <v>39</v>
       </c>
       <c r="D127" t="s">
         <v>8</v>
       </c>
+      <c r="F127" t="s">
+        <v>373</v>
+      </c>
       <c r="G127" t="s">
-        <v>261</v>
+        <v>374</v>
       </c>
     </row>
     <row r="128" spans="1:7">
       <c r="A128" t="s">
-        <v>262</v>
+        <v>375</v>
       </c>
       <c r="B128">
         <v>60166566830</v>
       </c>
       <c r="C128">
         <v>19</v>
       </c>
       <c r="D128" t="s">
         <v>8</v>
       </c>
+      <c r="F128" t="s">
+        <v>376</v>
+      </c>
       <c r="G128" t="s">
-        <v>263</v>
+        <v>377</v>
       </c>
     </row>
     <row r="129" spans="1:7">
       <c r="A129" t="s">
-        <v>264</v>
+        <v>378</v>
       </c>
       <c r="B129">
         <v>60166616619</v>
       </c>
       <c r="C129">
         <v>63</v>
       </c>
       <c r="D129" t="s">
         <v>8</v>
       </c>
+      <c r="F129" t="s">
+        <v>379</v>
+      </c>
       <c r="G129" t="s">
-        <v>265</v>
+        <v>380</v>
       </c>
     </row>
     <row r="130" spans="1:7">
       <c r="A130" t="s">
-        <v>266</v>
+        <v>381</v>
       </c>
       <c r="B130">
         <v>60166616662</v>
       </c>
       <c r="C130">
         <v>26</v>
       </c>
       <c r="D130" t="s">
         <v>8</v>
       </c>
+      <c r="F130" t="s">
+        <v>382</v>
+      </c>
       <c r="G130" t="s">
-        <v>267</v>
+        <v>383</v>
       </c>
     </row>
     <row r="131" spans="1:7">
       <c r="A131" t="s">
-        <v>268</v>
+        <v>384</v>
       </c>
       <c r="B131">
         <v>60166794601</v>
       </c>
       <c r="C131">
         <v>39</v>
       </c>
       <c r="D131" t="s">
         <v>8</v>
       </c>
+      <c r="F131" t="s">
+        <v>385</v>
+      </c>
       <c r="G131" t="s">
-        <v>269</v>
+        <v>386</v>
       </c>
     </row>
     <row r="132" spans="1:7">
       <c r="A132" t="s">
-        <v>270</v>
+        <v>387</v>
       </c>
       <c r="B132">
         <v>60166833803</v>
       </c>
       <c r="C132">
         <v>51</v>
       </c>
       <c r="D132" t="s">
         <v>8</v>
       </c>
+      <c r="F132" t="s">
+        <v>347</v>
+      </c>
       <c r="G132" t="s">
-        <v>271</v>
+        <v>388</v>
       </c>
     </row>
     <row r="133" spans="1:7">
       <c r="A133" t="s">
-        <v>272</v>
+        <v>389</v>
       </c>
       <c r="B133">
         <v>60167025985</v>
       </c>
       <c r="C133">
         <v>30</v>
       </c>
       <c r="D133" t="s">
         <v>8</v>
       </c>
+      <c r="F133" t="s">
+        <v>390</v>
+      </c>
       <c r="G133" t="s">
-        <v>273</v>
+        <v>391</v>
       </c>
     </row>
     <row r="134" spans="1:7">
       <c r="A134" t="s">
-        <v>274</v>
+        <v>392</v>
       </c>
       <c r="B134">
         <v>60167119822</v>
       </c>
       <c r="C134">
         <v>69</v>
       </c>
       <c r="D134" t="s">
         <v>8</v>
       </c>
+      <c r="F134" t="s">
+        <v>393</v>
+      </c>
       <c r="G134" t="s">
-        <v>275</v>
+        <v>394</v>
       </c>
     </row>
     <row r="135" spans="1:7">
       <c r="A135" t="s">
-        <v>276</v>
+        <v>395</v>
       </c>
       <c r="B135">
         <v>60167727092</v>
       </c>
       <c r="C135">
         <v>30</v>
       </c>
       <c r="D135" t="s">
         <v>8</v>
       </c>
+      <c r="F135" t="s">
+        <v>396</v>
+      </c>
       <c r="G135" t="s">
-        <v>277</v>
+        <v>397</v>
       </c>
     </row>
     <row r="136" spans="1:7">
       <c r="A136" t="s">
-        <v>278</v>
+        <v>398</v>
       </c>
       <c r="B136">
         <v>60167766360</v>
       </c>
       <c r="C136">
         <v>56</v>
       </c>
       <c r="D136" t="s">
         <v>8</v>
       </c>
+      <c r="F136" t="s">
+        <v>399</v>
+      </c>
       <c r="G136" t="s">
-        <v>279</v>
+        <v>400</v>
       </c>
     </row>
     <row r="137" spans="1:7">
       <c r="A137" t="s">
-        <v>280</v>
+        <v>401</v>
       </c>
       <c r="B137">
         <v>60168262092</v>
       </c>
       <c r="C137">
         <v>12</v>
       </c>
       <c r="D137" t="s">
         <v>8</v>
       </c>
+      <c r="F137" t="s">
+        <v>402</v>
+      </c>
       <c r="G137" t="s">
-        <v>281</v>
+        <v>403</v>
       </c>
     </row>
     <row r="138" spans="1:7">
       <c r="A138" t="s">
-        <v>282</v>
+        <v>404</v>
       </c>
       <c r="B138">
         <v>60168571771</v>
       </c>
       <c r="C138">
         <v>3</v>
       </c>
       <c r="D138" t="s">
         <v>8</v>
       </c>
+      <c r="F138" t="s">
+        <v>405</v>
+      </c>
       <c r="G138" t="s">
-        <v>283</v>
+        <v>406</v>
       </c>
     </row>
     <row r="139" spans="1:7">
       <c r="A139" t="s">
-        <v>284</v>
+        <v>407</v>
       </c>
       <c r="B139">
         <v>60168607285</v>
       </c>
       <c r="C139">
         <v>2</v>
       </c>
       <c r="D139" t="s">
         <v>8</v>
       </c>
+      <c r="F139" t="s">
+        <v>408</v>
+      </c>
       <c r="G139" t="s">
-        <v>285</v>
+        <v>409</v>
       </c>
     </row>
     <row r="140" spans="1:7">
       <c r="A140" t="s">
-        <v>286</v>
+        <v>410</v>
       </c>
       <c r="B140">
         <v>60168761324</v>
       </c>
       <c r="C140">
         <v>17</v>
       </c>
       <c r="D140" t="s">
         <v>8</v>
       </c>
+      <c r="F140" t="s">
+        <v>411</v>
+      </c>
       <c r="G140" t="s">
-        <v>287</v>
+        <v>412</v>
       </c>
     </row>
     <row r="141" spans="1:7">
       <c r="A141" t="s">
-        <v>288</v>
+        <v>413</v>
       </c>
       <c r="B141">
         <v>60168888699</v>
       </c>
       <c r="C141">
         <v>3</v>
       </c>
       <c r="D141" t="s">
         <v>8</v>
       </c>
+      <c r="F141" t="s">
+        <v>414</v>
+      </c>
       <c r="G141" t="s">
-        <v>289</v>
+        <v>415</v>
       </c>
     </row>
     <row r="142" spans="1:7">
       <c r="A142" t="s">
-        <v>290</v>
+        <v>416</v>
       </c>
       <c r="B142">
         <v>60168891012</v>
       </c>
       <c r="C142">
         <v>1</v>
       </c>
       <c r="D142" t="s">
         <v>8</v>
       </c>
+      <c r="F142" t="s">
+        <v>417</v>
+      </c>
       <c r="G142" t="s">
-        <v>291</v>
+        <v>418</v>
       </c>
     </row>
     <row r="143" spans="1:7">
       <c r="A143" t="s">
-        <v>292</v>
+        <v>419</v>
       </c>
       <c r="B143">
         <v>60168967197</v>
       </c>
       <c r="C143">
         <v>17</v>
       </c>
       <c r="D143" t="s">
         <v>8</v>
       </c>
+      <c r="F143" t="s">
+        <v>420</v>
+      </c>
       <c r="G143" t="s">
-        <v>293</v>
+        <v>421</v>
       </c>
     </row>
     <row r="144" spans="1:7">
       <c r="A144" t="s">
-        <v>294</v>
+        <v>422</v>
       </c>
       <c r="B144">
         <v>60169325852</v>
       </c>
       <c r="C144">
         <v>32</v>
       </c>
       <c r="D144" t="s">
         <v>8</v>
       </c>
+      <c r="F144" t="s">
+        <v>242</v>
+      </c>
       <c r="G144" t="s">
-        <v>295</v>
+        <v>423</v>
       </c>
     </row>
     <row r="145" spans="1:7">
       <c r="A145" t="s">
-        <v>296</v>
+        <v>424</v>
       </c>
       <c r="B145">
         <v>60169496998</v>
       </c>
       <c r="C145">
         <v>38</v>
       </c>
       <c r="D145" t="s">
         <v>8</v>
       </c>
+      <c r="F145" t="s">
+        <v>425</v>
+      </c>
       <c r="G145" t="s">
-        <v>297</v>
+        <v>426</v>
       </c>
     </row>
     <row r="146" spans="1:7">
       <c r="A146" t="s">
-        <v>298</v>
+        <v>427</v>
       </c>
       <c r="B146">
         <v>60169498316</v>
       </c>
       <c r="C146">
         <v>8</v>
       </c>
       <c r="D146" t="s">
         <v>8</v>
       </c>
+      <c r="F146" t="s">
+        <v>428</v>
+      </c>
       <c r="G146" t="s">
-        <v>299</v>
+        <v>429</v>
       </c>
     </row>
     <row r="147" spans="1:7">
       <c r="A147" t="s">
-        <v>300</v>
+        <v>430</v>
       </c>
       <c r="B147">
         <v>60169509115</v>
       </c>
       <c r="C147">
         <v>58</v>
       </c>
       <c r="D147" t="s">
         <v>8</v>
       </c>
+      <c r="F147" t="s">
+        <v>431</v>
+      </c>
       <c r="G147" t="s">
-        <v>301</v>
+        <v>432</v>
       </c>
     </row>
     <row r="148" spans="1:7">
       <c r="A148" t="s">
-        <v>302</v>
+        <v>433</v>
       </c>
       <c r="B148">
         <v>60172812533</v>
       </c>
       <c r="C148">
         <v>20</v>
       </c>
       <c r="D148" t="s">
         <v>8</v>
       </c>
+      <c r="F148" t="s">
+        <v>434</v>
+      </c>
       <c r="G148" t="s">
-        <v>303</v>
+        <v>435</v>
       </c>
     </row>
     <row r="149" spans="1:7">
       <c r="A149" t="s">
-        <v>304</v>
+        <v>436</v>
       </c>
       <c r="B149">
         <v>60173477729</v>
       </c>
       <c r="C149">
         <v>26</v>
       </c>
       <c r="D149" t="s">
         <v>8</v>
       </c>
+      <c r="F149" t="s">
+        <v>437</v>
+      </c>
       <c r="G149" t="s">
-        <v>305</v>
+        <v>438</v>
       </c>
     </row>
     <row r="150" spans="1:7">
       <c r="A150" t="s">
-        <v>306</v>
+        <v>439</v>
       </c>
       <c r="B150">
         <v>60173728202</v>
       </c>
       <c r="C150">
         <v>63</v>
       </c>
       <c r="D150" t="s">
         <v>8</v>
       </c>
+      <c r="F150" t="s">
+        <v>440</v>
+      </c>
       <c r="G150" t="s">
-        <v>307</v>
+        <v>441</v>
       </c>
     </row>
     <row r="151" spans="1:7">
       <c r="A151" t="s">
-        <v>308</v>
+        <v>442</v>
       </c>
       <c r="B151">
         <v>60174063330</v>
       </c>
       <c r="C151">
         <v>53</v>
       </c>
       <c r="D151" t="s">
         <v>8</v>
       </c>
+      <c r="F151" t="s">
+        <v>443</v>
+      </c>
       <c r="G151" t="s">
-        <v>309</v>
+        <v>444</v>
       </c>
     </row>
     <row r="152" spans="1:7">
       <c r="A152" t="s">
-        <v>310</v>
+        <v>445</v>
       </c>
       <c r="B152">
         <v>60174105910</v>
       </c>
       <c r="C152">
         <v>55</v>
       </c>
       <c r="D152" t="s">
         <v>8</v>
       </c>
+      <c r="F152" t="s">
+        <v>446</v>
+      </c>
       <c r="G152" t="s">
-        <v>311</v>
+        <v>447</v>
       </c>
     </row>
     <row r="153" spans="1:7">
       <c r="A153" t="s">
-        <v>312</v>
+        <v>448</v>
       </c>
       <c r="B153">
         <v>60174162048</v>
       </c>
       <c r="C153">
         <v>61</v>
       </c>
       <c r="D153" t="s">
         <v>8</v>
       </c>
+      <c r="F153" t="s">
+        <v>449</v>
+      </c>
       <c r="G153" t="s">
-        <v>313</v>
+        <v>450</v>
       </c>
     </row>
     <row r="154" spans="1:7">
       <c r="A154" t="s">
-        <v>314</v>
+        <v>451</v>
       </c>
       <c r="B154">
         <v>60174551348</v>
       </c>
       <c r="C154">
         <v>68</v>
       </c>
       <c r="D154" t="s">
         <v>8</v>
       </c>
+      <c r="F154" t="s">
+        <v>452</v>
+      </c>
       <c r="G154" t="s">
-        <v>315</v>
+        <v>453</v>
       </c>
     </row>
     <row r="155" spans="1:7">
       <c r="A155" t="s">
-        <v>316</v>
+        <v>454</v>
       </c>
       <c r="B155">
         <v>60175786406</v>
       </c>
       <c r="C155">
         <v>61</v>
       </c>
       <c r="D155" t="s">
         <v>8</v>
       </c>
       <c r="G155" t="s">
-        <v>317</v>
+        <v>455</v>
       </c>
     </row>
     <row r="156" spans="1:7">
       <c r="A156" t="s">
-        <v>318</v>
+        <v>456</v>
       </c>
       <c r="B156">
         <v>60176127894</v>
       </c>
       <c r="C156">
         <v>23</v>
       </c>
       <c r="D156" t="s">
         <v>8</v>
       </c>
+      <c r="F156" t="s">
+        <v>457</v>
+      </c>
       <c r="G156" t="s">
-        <v>319</v>
+        <v>458</v>
       </c>
     </row>
     <row r="157" spans="1:7">
       <c r="A157" t="s">
-        <v>320</v>
+        <v>459</v>
       </c>
       <c r="B157">
         <v>60177236660</v>
       </c>
       <c r="C157">
         <v>33</v>
       </c>
       <c r="D157" t="s">
         <v>8</v>
       </c>
+      <c r="F157" t="s">
+        <v>460</v>
+      </c>
       <c r="G157" t="s">
-        <v>321</v>
+        <v>461</v>
       </c>
     </row>
     <row r="158" spans="1:7">
       <c r="A158" t="s">
-        <v>322</v>
+        <v>462</v>
       </c>
       <c r="B158">
         <v>60177771208</v>
       </c>
       <c r="C158">
         <v>31</v>
       </c>
       <c r="D158" t="s">
         <v>8</v>
       </c>
+      <c r="F158" t="s">
+        <v>463</v>
+      </c>
       <c r="G158" t="s">
-        <v>323</v>
+        <v>464</v>
       </c>
     </row>
     <row r="159" spans="1:7">
       <c r="A159" t="s">
-        <v>324</v>
+        <v>465</v>
       </c>
       <c r="B159">
         <v>60177863748</v>
       </c>
       <c r="C159">
         <v>59</v>
       </c>
       <c r="D159" t="s">
         <v>8</v>
       </c>
+      <c r="F159" t="s">
+        <v>466</v>
+      </c>
       <c r="G159" t="s">
-        <v>325</v>
+        <v>467</v>
       </c>
     </row>
     <row r="160" spans="1:7">
       <c r="A160" t="s">
-        <v>326</v>
+        <v>468</v>
       </c>
       <c r="B160">
         <v>60178765212</v>
       </c>
       <c r="C160">
         <v>53</v>
       </c>
       <c r="D160" t="s">
         <v>8</v>
       </c>
       <c r="G160" t="s">
-        <v>327</v>
+        <v>469</v>
       </c>
     </row>
     <row r="161" spans="1:7">
       <c r="A161" t="s">
-        <v>328</v>
+        <v>470</v>
       </c>
       <c r="B161">
         <v>60179243668</v>
       </c>
       <c r="C161">
         <v>31</v>
       </c>
       <c r="D161" t="s">
         <v>8</v>
       </c>
+      <c r="F161" t="s">
+        <v>471</v>
+      </c>
       <c r="G161" t="s">
-        <v>329</v>
+        <v>472</v>
       </c>
     </row>
     <row r="162" spans="1:7">
       <c r="A162" t="s">
-        <v>330</v>
+        <v>473</v>
       </c>
       <c r="B162">
         <v>60179366200</v>
       </c>
       <c r="C162">
         <v>58</v>
       </c>
       <c r="D162" t="s">
         <v>8</v>
       </c>
       <c r="G162" t="s">
-        <v>331</v>
+        <v>474</v>
       </c>
     </row>
     <row r="163" spans="1:7">
       <c r="A163" t="s">
-        <v>332</v>
+        <v>475</v>
       </c>
       <c r="B163">
         <v>60183650806</v>
       </c>
       <c r="C163">
         <v>27</v>
       </c>
       <c r="D163" t="s">
         <v>8</v>
       </c>
+      <c r="F163" t="s">
+        <v>476</v>
+      </c>
       <c r="G163" t="s">
-        <v>333</v>
+        <v>477</v>
       </c>
     </row>
     <row r="164" spans="1:7">
       <c r="A164" t="s">
-        <v>334</v>
+        <v>478</v>
       </c>
       <c r="B164">
         <v>60183866608</v>
       </c>
       <c r="C164">
         <v>33</v>
       </c>
       <c r="D164" t="s">
         <v>8</v>
       </c>
+      <c r="F164" t="s">
+        <v>479</v>
+      </c>
       <c r="G164" t="s">
-        <v>335</v>
+        <v>480</v>
       </c>
     </row>
     <row r="165" spans="1:7">
       <c r="A165" t="s">
-        <v>336</v>
+        <v>481</v>
       </c>
       <c r="B165">
         <v>60185755392</v>
       </c>
       <c r="C165">
         <v>61</v>
       </c>
       <c r="D165" t="s">
         <v>8</v>
       </c>
+      <c r="F165" t="s">
+        <v>482</v>
+      </c>
       <c r="G165" t="s">
-        <v>337</v>
+        <v>483</v>
       </c>
     </row>
     <row r="166" spans="1:7">
       <c r="A166" t="s">
-        <v>338</v>
+        <v>484</v>
       </c>
       <c r="B166">
         <v>60189595570</v>
       </c>
       <c r="C166">
         <v>30</v>
       </c>
       <c r="D166" t="s">
         <v>8</v>
       </c>
       <c r="G166" t="s">
-        <v>339</v>
+        <v>485</v>
       </c>
     </row>
     <row r="167" spans="1:7">
       <c r="A167" t="s">
-        <v>340</v>
+        <v>486</v>
       </c>
       <c r="B167">
         <v>60189699881</v>
       </c>
       <c r="C167">
         <v>62</v>
       </c>
       <c r="D167" t="s">
         <v>8</v>
       </c>
       <c r="G167" t="s">
-        <v>341</v>
+        <v>487</v>
       </c>
     </row>
     <row r="168" spans="1:7">
       <c r="A168" t="s">
-        <v>342</v>
+        <v>488</v>
       </c>
       <c r="B168">
         <v>60192169698</v>
       </c>
       <c r="C168">
         <v>26</v>
       </c>
       <c r="D168" t="s">
         <v>8</v>
       </c>
+      <c r="F168" t="s">
+        <v>489</v>
+      </c>
       <c r="G168" t="s">
-        <v>343</v>
+        <v>490</v>
       </c>
     </row>
     <row r="169" spans="1:7">
       <c r="A169" t="s">
-        <v>344</v>
+        <v>491</v>
       </c>
       <c r="B169">
         <v>60192407721</v>
       </c>
       <c r="C169">
         <v>20</v>
       </c>
       <c r="D169" t="s">
         <v>8</v>
       </c>
+      <c r="F169" t="s">
+        <v>492</v>
+      </c>
       <c r="G169" t="s">
-        <v>345</v>
+        <v>493</v>
       </c>
     </row>
     <row r="170" spans="1:7">
       <c r="A170" t="s">
-        <v>346</v>
+        <v>494</v>
       </c>
       <c r="B170">
         <v>60192738927</v>
       </c>
       <c r="C170">
         <v>25</v>
       </c>
       <c r="D170" t="s">
         <v>8</v>
       </c>
+      <c r="F170" t="s">
+        <v>495</v>
+      </c>
       <c r="G170" t="s">
-        <v>347</v>
+        <v>496</v>
       </c>
     </row>
     <row r="171" spans="1:7">
       <c r="A171" t="s">
-        <v>348</v>
+        <v>497</v>
       </c>
       <c r="B171">
         <v>60192798339</v>
       </c>
       <c r="C171">
         <v>50</v>
       </c>
       <c r="D171" t="s">
         <v>8</v>
       </c>
+      <c r="F171" t="s">
+        <v>498</v>
+      </c>
       <c r="G171" t="s">
-        <v>349</v>
+        <v>499</v>
       </c>
     </row>
     <row r="172" spans="1:7">
       <c r="A172" t="s">
-        <v>350</v>
+        <v>500</v>
       </c>
       <c r="B172">
         <v>60192892669</v>
       </c>
       <c r="C172">
         <v>19</v>
       </c>
       <c r="D172" t="s">
         <v>8</v>
       </c>
+      <c r="F172" t="s">
+        <v>501</v>
+      </c>
       <c r="G172" t="s">
-        <v>351</v>
+        <v>502</v>
       </c>
     </row>
     <row r="173" spans="1:7">
       <c r="A173" t="s">
-        <v>352</v>
+        <v>503</v>
       </c>
       <c r="B173">
         <v>60193456444</v>
       </c>
       <c r="C173">
         <v>65</v>
       </c>
       <c r="D173" t="s">
         <v>8</v>
       </c>
+      <c r="F173" t="s">
+        <v>504</v>
+      </c>
       <c r="G173" t="s">
-        <v>353</v>
+        <v>505</v>
       </c>
     </row>
     <row r="174" spans="1:7">
       <c r="A174" t="s">
-        <v>354</v>
+        <v>506</v>
       </c>
       <c r="B174">
         <v>60193540801</v>
       </c>
       <c r="C174">
         <v>10</v>
       </c>
       <c r="D174" t="s">
         <v>8</v>
       </c>
+      <c r="F174" t="s">
+        <v>507</v>
+      </c>
       <c r="G174" t="s">
-        <v>355</v>
+        <v>508</v>
       </c>
     </row>
     <row r="175" spans="1:7">
       <c r="A175" t="s">
-        <v>356</v>
+        <v>509</v>
       </c>
       <c r="B175">
         <v>60193738447</v>
       </c>
       <c r="C175">
         <v>50</v>
       </c>
       <c r="D175" t="s">
         <v>8</v>
       </c>
+      <c r="F175" t="s">
+        <v>510</v>
+      </c>
       <c r="G175" t="s">
-        <v>357</v>
+        <v>511</v>
       </c>
     </row>
     <row r="176" spans="1:7">
       <c r="A176" t="s">
-        <v>358</v>
+        <v>512</v>
       </c>
       <c r="B176">
         <v>60193779333</v>
       </c>
       <c r="C176">
         <v>18</v>
       </c>
       <c r="D176" t="s">
         <v>8</v>
       </c>
+      <c r="F176" t="s">
+        <v>513</v>
+      </c>
       <c r="G176" t="s">
-        <v>359</v>
+        <v>514</v>
       </c>
     </row>
     <row r="177" spans="1:7">
       <c r="A177" t="s">
-        <v>360</v>
+        <v>515</v>
       </c>
       <c r="B177">
         <v>60193795796</v>
       </c>
       <c r="C177">
         <v>52</v>
       </c>
       <c r="D177" t="s">
         <v>8</v>
       </c>
+      <c r="F177" t="s">
+        <v>516</v>
+      </c>
       <c r="G177" t="s">
-        <v>361</v>
+        <v>517</v>
       </c>
     </row>
     <row r="178" spans="1:7">
       <c r="A178" t="s">
-        <v>362</v>
+        <v>518</v>
       </c>
       <c r="B178">
         <v>60193803155</v>
       </c>
       <c r="C178">
         <v>52</v>
       </c>
       <c r="D178" t="s">
         <v>8</v>
       </c>
+      <c r="F178" t="s">
+        <v>519</v>
+      </c>
       <c r="G178" t="s">
-        <v>363</v>
+        <v>520</v>
       </c>
     </row>
     <row r="179" spans="1:7">
       <c r="A179" t="s">
-        <v>364</v>
+        <v>521</v>
       </c>
       <c r="B179">
         <v>60193887211</v>
       </c>
       <c r="C179">
         <v>26</v>
       </c>
       <c r="D179" t="s">
         <v>8</v>
       </c>
+      <c r="F179" t="s">
+        <v>114</v>
+      </c>
       <c r="G179" t="s">
-        <v>365</v>
+        <v>522</v>
       </c>
     </row>
     <row r="180" spans="1:7">
       <c r="A180" t="s">
-        <v>366</v>
+        <v>523</v>
       </c>
       <c r="B180">
         <v>60193947249</v>
       </c>
       <c r="C180">
         <v>36</v>
       </c>
       <c r="D180" t="s">
         <v>8</v>
       </c>
+      <c r="F180" t="s">
+        <v>524</v>
+      </c>
       <c r="G180" t="s">
-        <v>367</v>
+        <v>525</v>
       </c>
     </row>
     <row r="181" spans="1:7">
       <c r="A181" t="s">
-        <v>368</v>
+        <v>526</v>
       </c>
       <c r="B181">
         <v>60194444443</v>
       </c>
       <c r="C181">
         <v>55</v>
       </c>
       <c r="D181" t="s">
         <v>8</v>
       </c>
+      <c r="F181" t="s">
+        <v>527</v>
+      </c>
       <c r="G181" t="s">
-        <v>369</v>
+        <v>528</v>
       </c>
     </row>
     <row r="182" spans="1:7">
       <c r="A182" t="s">
-        <v>370</v>
+        <v>529</v>
       </c>
       <c r="B182">
         <v>60194728263</v>
       </c>
       <c r="C182">
         <v>37</v>
       </c>
       <c r="D182" t="s">
         <v>8</v>
       </c>
+      <c r="F182" t="s">
+        <v>530</v>
+      </c>
       <c r="G182" t="s">
-        <v>371</v>
+        <v>531</v>
       </c>
     </row>
     <row r="183" spans="1:7">
       <c r="A183" t="s">
-        <v>372</v>
+        <v>532</v>
       </c>
       <c r="B183">
         <v>60194773778</v>
       </c>
       <c r="C183">
         <v>27</v>
       </c>
       <c r="D183" t="s">
         <v>8</v>
       </c>
+      <c r="F183" t="s">
+        <v>533</v>
+      </c>
       <c r="G183" t="s">
-        <v>373</v>
+        <v>534</v>
       </c>
     </row>
     <row r="184" spans="1:7">
       <c r="A184" t="s">
-        <v>374</v>
+        <v>535</v>
       </c>
       <c r="B184">
         <v>60195561633</v>
       </c>
       <c r="C184">
         <v>36</v>
       </c>
       <c r="D184" t="s">
         <v>8</v>
       </c>
+      <c r="F184" t="s">
+        <v>536</v>
+      </c>
       <c r="G184" t="s">
-        <v>375</v>
+        <v>537</v>
       </c>
     </row>
     <row r="185" spans="1:7">
       <c r="A185" t="s">
-        <v>376</v>
+        <v>538</v>
       </c>
       <c r="B185">
         <v>60195743387</v>
       </c>
       <c r="C185">
         <v>28</v>
       </c>
       <c r="D185" t="s">
         <v>8</v>
       </c>
+      <c r="F185" t="s">
+        <v>539</v>
+      </c>
       <c r="G185" t="s">
-        <v>377</v>
+        <v>540</v>
       </c>
     </row>
     <row r="186" spans="1:7">
       <c r="A186" t="s">
-        <v>378</v>
+        <v>541</v>
       </c>
       <c r="B186">
         <v>60195757393</v>
       </c>
       <c r="C186">
         <v>53</v>
       </c>
       <c r="D186" t="s">
         <v>8</v>
       </c>
+      <c r="F186" t="s">
+        <v>542</v>
+      </c>
       <c r="G186" t="s">
-        <v>379</v>
+        <v>543</v>
       </c>
     </row>
     <row r="187" spans="1:7">
       <c r="A187" t="s">
-        <v>380</v>
+        <v>544</v>
       </c>
       <c r="B187">
         <v>60196240024</v>
       </c>
       <c r="C187">
         <v>18</v>
       </c>
       <c r="D187" t="s">
         <v>8</v>
       </c>
+      <c r="F187" t="s">
+        <v>545</v>
+      </c>
       <c r="G187" t="s">
-        <v>381</v>
+        <v>546</v>
       </c>
     </row>
     <row r="188" spans="1:7">
       <c r="A188" t="s">
-        <v>382</v>
+        <v>547</v>
       </c>
       <c r="B188">
         <v>60197165139</v>
       </c>
       <c r="C188">
         <v>21</v>
       </c>
       <c r="D188" t="s">
         <v>8</v>
       </c>
+      <c r="F188" t="s">
+        <v>548</v>
+      </c>
       <c r="G188" t="s">
-        <v>383</v>
+        <v>549</v>
       </c>
     </row>
     <row r="189" spans="1:7">
       <c r="A189" t="s">
-        <v>384</v>
+        <v>550</v>
       </c>
       <c r="B189">
         <v>60197171099</v>
       </c>
       <c r="C189">
         <v>33</v>
       </c>
       <c r="D189" t="s">
         <v>8</v>
       </c>
+      <c r="F189" t="s">
+        <v>551</v>
+      </c>
       <c r="G189" t="s">
-        <v>385</v>
+        <v>552</v>
       </c>
     </row>
     <row r="190" spans="1:7">
       <c r="A190" t="s">
-        <v>386</v>
+        <v>553</v>
       </c>
       <c r="B190">
         <v>60197568373</v>
       </c>
       <c r="C190">
         <v>59</v>
       </c>
       <c r="D190" t="s">
         <v>8</v>
       </c>
+      <c r="F190" t="s">
+        <v>554</v>
+      </c>
       <c r="G190" t="s">
-        <v>387</v>
+        <v>555</v>
       </c>
     </row>
     <row r="191" spans="1:7">
       <c r="A191" t="s">
-        <v>388</v>
+        <v>556</v>
       </c>
       <c r="B191">
         <v>60197624048</v>
       </c>
       <c r="C191">
         <v>56</v>
       </c>
       <c r="D191" t="s">
         <v>8</v>
       </c>
+      <c r="F191" t="s">
+        <v>557</v>
+      </c>
       <c r="G191" t="s">
-        <v>389</v>
+        <v>558</v>
       </c>
     </row>
     <row r="192" spans="1:7">
       <c r="A192" t="s">
-        <v>390</v>
+        <v>559</v>
       </c>
       <c r="B192">
         <v>60197861260</v>
       </c>
       <c r="C192">
         <v>69</v>
       </c>
       <c r="D192" t="s">
         <v>8</v>
       </c>
+      <c r="F192" t="s">
+        <v>560</v>
+      </c>
       <c r="G192" t="s">
-        <v>391</v>
+        <v>561</v>
       </c>
     </row>
     <row r="193" spans="1:7">
       <c r="A193" t="s">
-        <v>392</v>
+        <v>562</v>
       </c>
       <c r="B193">
         <v>60198337600</v>
       </c>
       <c r="C193">
         <v>12</v>
       </c>
       <c r="D193" t="s">
         <v>8</v>
       </c>
+      <c r="F193" t="s">
+        <v>563</v>
+      </c>
       <c r="G193" t="s">
-        <v>393</v>
+        <v>564</v>
       </c>
     </row>
     <row r="194" spans="1:7">
       <c r="A194" t="s">
-        <v>394</v>
+        <v>565</v>
       </c>
       <c r="B194">
         <v>60198337650</v>
       </c>
       <c r="C194">
         <v>11</v>
       </c>
       <c r="D194" t="s">
         <v>8</v>
       </c>
+      <c r="F194" t="s">
+        <v>566</v>
+      </c>
       <c r="G194" t="s">
-        <v>395</v>
+        <v>567</v>
       </c>
     </row>
     <row r="195" spans="1:7">
       <c r="A195" t="s">
-        <v>396</v>
+        <v>568</v>
       </c>
       <c r="B195">
         <v>60198578308</v>
       </c>
       <c r="C195">
         <v>1</v>
       </c>
       <c r="D195" t="s">
         <v>8</v>
       </c>
+      <c r="F195" t="s">
+        <v>569</v>
+      </c>
       <c r="G195" t="s">
-        <v>397</v>
+        <v>570</v>
       </c>
     </row>
     <row r="196" spans="1:7">
       <c r="A196" t="s">
-        <v>398</v>
+        <v>571</v>
       </c>
       <c r="B196">
         <v>60198881771</v>
       </c>
       <c r="C196">
         <v>2</v>
       </c>
       <c r="D196" t="s">
         <v>8</v>
       </c>
+      <c r="F196" t="s">
+        <v>572</v>
+      </c>
       <c r="G196" t="s">
-        <v>399</v>
+        <v>573</v>
       </c>
     </row>
     <row r="197" spans="1:7">
       <c r="A197" t="s">
-        <v>400</v>
+        <v>574</v>
       </c>
       <c r="B197">
         <v>60198895119</v>
       </c>
       <c r="C197">
         <v>17</v>
       </c>
       <c r="D197" t="s">
         <v>8</v>
       </c>
+      <c r="F197" t="s">
+        <v>575</v>
+      </c>
       <c r="G197" t="s">
-        <v>401</v>
+        <v>576</v>
       </c>
     </row>
     <row r="198" spans="1:7">
       <c r="A198" t="s">
-        <v>402</v>
+        <v>577</v>
       </c>
       <c r="B198">
         <v>60199851277</v>
       </c>
       <c r="C198">
         <v>32</v>
       </c>
       <c r="D198" t="s">
         <v>8</v>
       </c>
+      <c r="F198" t="s">
+        <v>578</v>
+      </c>
       <c r="G198" t="s">
-        <v>403</v>
+        <v>579</v>
       </c>
     </row>
     <row r="199" spans="1:7">
       <c r="A199" t="s">
-        <v>404</v>
+        <v>580</v>
       </c>
       <c r="B199">
         <v>60199859999</v>
       </c>
       <c r="C199">
         <v>31</v>
       </c>
       <c r="D199" t="s">
         <v>8</v>
       </c>
+      <c r="F199" t="s">
+        <v>581</v>
+      </c>
       <c r="G199" t="s">
-        <v>405</v>
+        <v>582</v>
       </c>
     </row>
     <row r="200" spans="1:7">
       <c r="A200" t="s">
-        <v>406</v>
+        <v>583</v>
       </c>
       <c r="B200">
         <v>601111154415</v>
       </c>
       <c r="C200">
         <v>59</v>
       </c>
       <c r="D200" t="s">
         <v>8</v>
       </c>
+      <c r="F200" t="s">
+        <v>584</v>
+      </c>
       <c r="G200" t="s">
-        <v>407</v>
+        <v>585</v>
       </c>
     </row>
     <row r="201" spans="1:7">
       <c r="A201" t="s">
-        <v>408</v>
+        <v>586</v>
       </c>
       <c r="B201">
         <v>601116749468</v>
       </c>
       <c r="C201">
         <v>65</v>
       </c>
       <c r="D201" t="s">
         <v>8</v>
       </c>
       <c r="G201" t="s">
-        <v>409</v>
+        <v>587</v>
       </c>
     </row>
     <row r="202" spans="1:7">
       <c r="A202" t="s">
-        <v>410</v>
+        <v>588</v>
       </c>
       <c r="B202">
         <v>601137262585</v>
       </c>
       <c r="C202">
         <v>62</v>
       </c>
       <c r="D202" t="s">
         <v>8</v>
       </c>
       <c r="G202" t="s">
-        <v>411</v>
+        <v>589</v>
       </c>
     </row>
     <row r="203" spans="1:7">
       <c r="A203" t="s">
-        <v>412</v>
+        <v>590</v>
       </c>
       <c r="B203">
         <v>601139030187</v>
       </c>
       <c r="C203">
         <v>9</v>
       </c>
       <c r="D203" t="s">
         <v>8</v>
       </c>
+      <c r="F203" t="s">
+        <v>591</v>
+      </c>
       <c r="G203" t="s">
-        <v>413</v>
+        <v>592</v>
       </c>
     </row>
     <row r="204" spans="1:7">
       <c r="A204" t="s">
-        <v>414</v>
+        <v>593</v>
       </c>
       <c r="B204">
         <v>601155599843</v>
       </c>
       <c r="C204">
         <v>35</v>
       </c>
       <c r="D204" t="s">
         <v>8</v>
       </c>
+      <c r="F204" t="s">
+        <v>594</v>
+      </c>
       <c r="G204" t="s">
-        <v>415</v>
+        <v>595</v>
       </c>
     </row>
     <row r="205" spans="1:7">
       <c r="A205" t="s">
-        <v>416</v>
+        <v>596</v>
       </c>
       <c r="B205">
         <v>60123105388</v>
       </c>
       <c r="C205">
         <v>58</v>
       </c>
       <c r="D205" t="s">
         <v>8</v>
       </c>
+      <c r="F205" t="s">
+        <v>597</v>
+      </c>
       <c r="G205" t="s">
-        <v>417</v>
+        <v>598</v>
       </c>
     </row>
     <row r="206" spans="1:7">
       <c r="A206" t="s">
-        <v>418</v>
+        <v>599</v>
       </c>
       <c r="B206">
         <v>60167871231</v>
       </c>
       <c r="C206">
         <v>29</v>
       </c>
       <c r="D206" t="s">
         <v>8</v>
       </c>
+      <c r="F206" t="s">
+        <v>600</v>
+      </c>
       <c r="G206" t="s">
-        <v>419</v>
+        <v>601</v>
       </c>
     </row>
     <row r="207" spans="1:7">
       <c r="A207" t="s">
-        <v>420</v>
+        <v>602</v>
       </c>
       <c r="B207">
         <v>60122268319</v>
       </c>
       <c r="C207">
         <v>6</v>
       </c>
       <c r="D207" t="s">
-        <v>421</v>
+        <v>603</v>
+      </c>
+      <c r="F207" t="s">
+        <v>604</v>
       </c>
       <c r="G207" t="s">
-        <v>422</v>
+        <v>605</v>
       </c>
     </row>
     <row r="208" spans="1:7">
       <c r="A208" t="s">
-        <v>423</v>
+        <v>606</v>
       </c>
       <c r="B208">
         <v>60123067033</v>
       </c>
       <c r="C208">
         <v>6</v>
       </c>
       <c r="D208" t="s">
-        <v>421</v>
+        <v>603</v>
+      </c>
+      <c r="F208" t="s">
+        <v>607</v>
       </c>
       <c r="G208" t="s">
-        <v>424</v>
+        <v>608</v>
       </c>
     </row>
     <row r="209" spans="1:7">
       <c r="A209" t="s">
-        <v>425</v>
+        <v>609</v>
       </c>
       <c r="B209">
         <v>60124755200</v>
       </c>
       <c r="C209">
         <v>23</v>
       </c>
       <c r="D209" t="s">
-        <v>421</v>
+        <v>603</v>
+      </c>
+      <c r="F209" t="s">
+        <v>610</v>
       </c>
       <c r="G209" t="s">
-        <v>426</v>
+        <v>611</v>
       </c>
     </row>
     <row r="210" spans="1:7">
       <c r="A210" t="s">
-        <v>427</v>
+        <v>612</v>
       </c>
       <c r="B210">
         <v>60127236381</v>
       </c>
       <c r="C210">
         <v>29</v>
       </c>
       <c r="D210" t="s">
-        <v>421</v>
+        <v>603</v>
+      </c>
+      <c r="F210" t="s">
+        <v>613</v>
       </c>
       <c r="G210" t="s">
-        <v>428</v>
+        <v>614</v>
       </c>
     </row>
     <row r="211" spans="1:7">
       <c r="A211" t="s">
-        <v>429</v>
+        <v>615</v>
       </c>
       <c r="B211">
         <v>60162038737</v>
       </c>
       <c r="C211">
         <v>6</v>
       </c>
       <c r="D211" t="s">
-        <v>421</v>
+        <v>603</v>
+      </c>
+      <c r="F211" t="s">
+        <v>616</v>
       </c>
       <c r="G211" t="s">
-        <v>430</v>
+        <v>617</v>
       </c>
     </row>
     <row r="212" spans="1:7">
       <c r="A212" t="s">
-        <v>431</v>
+        <v>618</v>
       </c>
       <c r="B212">
         <v>60164217940</v>
       </c>
       <c r="C212">
         <v>28</v>
       </c>
       <c r="D212" t="s">
-        <v>421</v>
+        <v>603</v>
+      </c>
+      <c r="F212" t="s">
+        <v>619</v>
       </c>
       <c r="G212" t="s">
-        <v>432</v>
+        <v>620</v>
       </c>
     </row>
     <row r="213" spans="1:7">
       <c r="A213" t="s">
-        <v>433</v>
+        <v>621</v>
       </c>
       <c r="B213">
         <v>60168352068</v>
       </c>
       <c r="C213">
         <v>11</v>
       </c>
       <c r="D213" t="s">
-        <v>421</v>
+        <v>603</v>
+      </c>
+      <c r="F213" t="s">
+        <v>622</v>
       </c>
       <c r="G213" t="s">
-        <v>434</v>
+        <v>623</v>
       </c>
     </row>
     <row r="214" spans="1:7">
       <c r="A214" t="s">
-        <v>435</v>
+        <v>624</v>
       </c>
       <c r="B214">
         <v>60194118606</v>
       </c>
       <c r="C214">
         <v>27</v>
       </c>
       <c r="D214" t="s">
-        <v>421</v>
+        <v>603</v>
+      </c>
+      <c r="F214" t="s">
+        <v>625</v>
       </c>
       <c r="G214" t="s">
-        <v>436</v>
+        <v>626</v>
       </c>
     </row>
     <row r="215" spans="1:7">
       <c r="A215" t="s">
-        <v>437</v>
+        <v>627</v>
       </c>
       <c r="B215">
         <v>60197700828</v>
       </c>
       <c r="C215">
         <v>29</v>
       </c>
       <c r="D215" t="s">
-        <v>421</v>
+        <v>603</v>
+      </c>
+      <c r="F215" t="s">
+        <v>628</v>
       </c>
       <c r="G215" t="s">
-        <v>438</v>
+        <v>629</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">